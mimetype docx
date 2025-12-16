--- v0 (2025-11-02)
+++ v1 (2025-12-16)
@@ -1,12732 +1,1729 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...13 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...9795 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gets.sharepoint.com/sites/DBHDDCollab/dd/OOHW/OHWBS/Shared Documents/RBA documents/Analytics/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="7" documentId="8_{FECCF131-F41E-4F8C-98A3-24393D5F7CE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A863736E-DF3D-4C97-8DB9-D43BB1848EB4}"/>
+  <bookViews>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{E8B1DE64-5417-494A-9863-669544745D01}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="BSP Review" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <externalReferences>
+    <externalReference r:id="rId2"/>
+  </externalReferences>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'BSP Review'!$A$1:$I$202</definedName>
+  </definedNames>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:endnotes>
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E108" i="1" l="1"/>
+  <c r="G108" i="1"/>
+  <c r="I108" i="1"/>
+  <c r="I74" i="1"/>
+  <c r="J62" i="1"/>
+  <c r="J63" i="1"/>
+  <c r="J64" i="1"/>
+  <c r="J67" i="1"/>
+  <c r="J65" i="1"/>
+  <c r="A202" i="1"/>
+  <c r="A198" i="1"/>
+  <c r="A199" i="1"/>
+  <c r="A200" i="1"/>
+  <c r="A201" i="1"/>
+  <c r="A197" i="1"/>
+  <c r="A191" i="1"/>
+  <c r="A187" i="1"/>
+  <c r="A188" i="1"/>
+  <c r="A189" i="1"/>
+  <c r="A190" i="1"/>
+  <c r="A186" i="1"/>
+  <c r="A182" i="1"/>
+  <c r="A183" i="1"/>
+  <c r="A181" i="1"/>
+  <c r="A173" i="1"/>
+  <c r="A174" i="1"/>
+  <c r="A175" i="1"/>
+  <c r="A176" i="1"/>
+  <c r="A177" i="1"/>
+  <c r="A178" i="1"/>
+  <c r="A172" i="1"/>
+  <c r="A168" i="1"/>
+  <c r="A169" i="1"/>
+  <c r="A167" i="1"/>
+  <c r="A164" i="1"/>
+  <c r="A162" i="1"/>
+  <c r="A163" i="1"/>
+  <c r="A161" i="1"/>
+  <c r="A160" i="1" a="1"/>
+  <c r="A160" i="1" s="1"/>
+  <c r="A157" i="1" a="1"/>
+  <c r="A157" i="1" s="1"/>
+  <c r="A158" i="1" a="1"/>
+  <c r="A158" i="1" s="1"/>
+  <c r="A159" i="1" a="1"/>
+  <c r="A159" i="1" s="1"/>
+  <c r="A156" i="1" a="1"/>
+  <c r="A156" i="1" s="1"/>
+  <c r="A154" i="1" a="1"/>
+  <c r="A154" i="1" s="1"/>
+  <c r="A153" i="1" a="1"/>
+  <c r="A153" i="1" s="1"/>
+  <c r="A150" i="1" a="1"/>
+  <c r="A150" i="1" s="1"/>
+  <c r="A151" i="1" a="1"/>
+  <c r="A151" i="1" s="1"/>
+  <c r="A149" i="1" a="1"/>
+  <c r="A149" i="1" s="1"/>
+  <c r="A146" i="1"/>
+  <c r="A145" i="1"/>
+  <c r="A144" i="1"/>
+  <c r="A143" i="1"/>
+  <c r="A194" i="1"/>
+  <c r="A142" i="1" a="1"/>
+  <c r="A142" i="1" s="1"/>
+  <c r="J106" i="1" l="1" a="1"/>
+  <c r="J106" i="1" s="1"/>
+  <c r="J61" i="1" a="1"/>
+  <c r="J61" i="1" s="1"/>
+  <c r="A139" i="1" a="1"/>
+  <c r="A137" i="1" a="1"/>
+  <c r="A138" i="1" a="1"/>
+  <c r="A136" i="1" a="1"/>
+  <c r="A139" i="1" l="1"/>
+  <c r="A136" i="1"/>
+  <c r="A137" i="1"/>
+  <c r="A138" i="1"/>
+  <c r="J16" i="1"/>
+  <c r="M37" i="1"/>
+  <c r="J66" i="1"/>
+  <c r="M108" i="1" l="1"/>
+  <c r="L108" i="1"/>
+  <c r="J107" i="1"/>
+  <c r="J105" i="1"/>
+  <c r="J104" i="1"/>
+  <c r="L101" i="1"/>
+  <c r="I101" i="1"/>
+  <c r="G101" i="1"/>
+  <c r="J100" i="1"/>
+  <c r="J99" i="1"/>
+  <c r="J98" i="1"/>
+  <c r="J97" i="1"/>
+  <c r="L94" i="1"/>
+  <c r="I94" i="1"/>
+  <c r="G94" i="1"/>
+  <c r="E94" i="1"/>
+  <c r="J93" i="1"/>
+  <c r="J92" i="1"/>
+  <c r="J91" i="1"/>
+  <c r="J90" i="1"/>
+  <c r="J89" i="1"/>
+  <c r="J88" i="1"/>
+  <c r="L85" i="1"/>
+  <c r="I85" i="1"/>
+  <c r="G85" i="1"/>
+  <c r="J84" i="1"/>
+  <c r="J83" i="1"/>
+  <c r="J82" i="1"/>
+  <c r="J81" i="1"/>
+  <c r="J80" i="1"/>
+  <c r="J79" i="1"/>
+  <c r="J78" i="1"/>
+  <c r="J77" i="1"/>
+  <c r="L74" i="1"/>
+  <c r="G74" i="1"/>
+  <c r="J73" i="1"/>
+  <c r="J72" i="1"/>
+  <c r="J71" i="1"/>
+  <c r="N68" i="1"/>
+  <c r="M68" i="1"/>
+  <c r="L68" i="1"/>
+  <c r="I68" i="1"/>
+  <c r="G68" i="1"/>
+  <c r="E68" i="1"/>
+  <c r="J60" i="1"/>
+  <c r="J59" i="1"/>
+  <c r="J58" i="1"/>
+  <c r="L55" i="1"/>
+  <c r="I55" i="1"/>
+  <c r="G55" i="1"/>
+  <c r="J54" i="1"/>
+  <c r="J53" i="1"/>
+  <c r="J52" i="1"/>
+  <c r="J51" i="1"/>
+  <c r="J50" i="1"/>
+  <c r="J49" i="1"/>
+  <c r="J48" i="1"/>
+  <c r="L45" i="1"/>
+  <c r="I45" i="1"/>
+  <c r="G45" i="1"/>
+  <c r="J44" i="1"/>
+  <c r="J43" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="J41" i="1"/>
+  <c r="J40" i="1"/>
+  <c r="L37" i="1"/>
+  <c r="I37" i="1"/>
+  <c r="G37" i="1"/>
+  <c r="E37" i="1"/>
+  <c r="J36" i="1"/>
+  <c r="J35" i="1"/>
+  <c r="J34" i="1"/>
+  <c r="J33" i="1"/>
+  <c r="J32" i="1"/>
+  <c r="J31" i="1"/>
+  <c r="J30" i="1"/>
+  <c r="J29" i="1"/>
+  <c r="J28" i="1"/>
+  <c r="J27" i="1"/>
+  <c r="J26" i="1"/>
+  <c r="J25" i="1"/>
+  <c r="J24" i="1"/>
+  <c r="M21" i="1"/>
+  <c r="L21" i="1"/>
+  <c r="I21" i="1"/>
+  <c r="G21" i="1"/>
+  <c r="E21" i="1"/>
+  <c r="J20" i="1"/>
+  <c r="J19" i="1"/>
+  <c r="J18" i="1"/>
+  <c r="J17" i="1"/>
+  <c r="J15" i="1"/>
+  <c r="J14" i="1"/>
+  <c r="J13" i="1"/>
+  <c r="J12" i="1"/>
+  <c r="J11" i="1"/>
+  <c r="J10" i="1"/>
+  <c r="J108" i="1" l="1"/>
+  <c r="J101" i="1"/>
+  <c r="J74" i="1"/>
+  <c r="J68" i="1"/>
+  <c r="J45" i="1"/>
+  <c r="J85" i="1"/>
+  <c r="F111" i="1"/>
+  <c r="J37" i="1"/>
+  <c r="J94" i="1"/>
+  <c r="J55" i="1"/>
+  <c r="J21" i="1"/>
+  <c r="B111" i="1"/>
+  <c r="D112" i="1" s="1"/>
+  <c r="D111" i="1"/>
+  <c r="F112" i="1" l="1"/>
+</calcChain>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...81 lines deleted...]
-</w:fonts>
+<file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+  <metadataTypes count="1">
+    <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
+  </metadataTypes>
+  <futureMetadata name="XLDAPR" count="1">
+    <bk>
+      <extLst>
+        <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
+          <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
+        </ext>
+      </extLst>
+    </bk>
+  </futureMetadata>
+  <cellMetadata count="1">
+    <bk>
+      <rc t="1" v="0"/>
+    </bk>
+  </cellMetadata>
+</metadata>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</w:ftr>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="140">
+  <si>
+    <t>Behavior Support Plan Review</t>
+  </si>
+  <si>
+    <t>Individual Served:</t>
+  </si>
+  <si>
+    <t>Behavior Analyst:</t>
+  </si>
+  <si>
+    <t>Date of Review:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Purpose of Review: </t>
+  </si>
+  <si>
+    <t>BSP Date:</t>
+  </si>
+  <si>
+    <t>Description of purpose if other:</t>
+  </si>
+  <si>
+    <t>Approval Length:</t>
+  </si>
+  <si>
+    <t>I. BSP Identifying information:</t>
+  </si>
+  <si>
+    <t>Question weight w/out N/A</t>
+  </si>
+  <si>
+    <t>Question weight w NA Q16</t>
+  </si>
+  <si>
+    <t>Section Weight:</t>
+  </si>
+  <si>
+    <t>Was the author’s name identified?</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>Were the author’s credentials identified?</t>
+  </si>
+  <si>
+    <t>Was the author’s contact information available?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Was the individual’s date-of-birth available? </t>
+  </si>
+  <si>
+    <t>Was there a statement on competency/guardianship?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Was the individual/guardian involved in the development of the plan? </t>
+  </si>
+  <si>
+    <t>Were behaviors that could be related to medical need ruled out?*</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Were the relevant disabilities identified? </t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Was there a brief psychosocial history described?</t>
+  </si>
+  <si>
+    <t>Were previous interventions - either successful or unsuccessful - described?</t>
+  </si>
+  <si>
+    <t>Were strengths and interests of the individual listed?</t>
+  </si>
+  <si>
+    <t>Totals (11)</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>II. BSP – *Functional Behavior Assessment (FBA)*:</t>
+  </si>
+  <si>
+    <t>Question weight</t>
+  </si>
+  <si>
+    <t>Question weight with 29 N/A</t>
+  </si>
+  <si>
+    <t>Was there evidence that an FBA was completed?*</t>
+  </si>
+  <si>
+    <t>Was there evidence that an FBA was current?*</t>
+  </si>
+  <si>
+    <t>Were direct methods of assessment utilized when developing the intervention?*</t>
+  </si>
+  <si>
+    <t>Were potential psychosocial stressors that influence behavior identified?</t>
+  </si>
+  <si>
+    <t>Were medical and/or psychiatric conditions that influence behavior identified?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If applicable, were psychotropic medications listed? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Was the person’s ability to communicate identified? </t>
+  </si>
+  <si>
+    <t>Were potential setting events identified?</t>
+  </si>
+  <si>
+    <t>Were potential antecedents identified?</t>
+  </si>
+  <si>
+    <t>Were potential consequences identified?</t>
+  </si>
+  <si>
+    <t>Was the proposed hypothesis of function(s) of behavior identified? *</t>
+  </si>
+  <si>
+    <t>Did the proposed hypothesis of function(s) of behavior appear valid?*</t>
+  </si>
+  <si>
+    <t>Was there evidence that less restrictive or intrusive interventions had been tried (including results)?</t>
+  </si>
+  <si>
+    <t>Totals (13)</t>
+  </si>
+  <si>
+    <t>III. BSP – *Behaviors for Decrease (i.e., Target Behaviors) *:</t>
+  </si>
+  <si>
+    <t>Were target behavior(s) adequately defined (e.g., objective, measurable, etc.)?*</t>
+  </si>
+  <si>
+    <t>Were target behavior(s) appropriate to target (socially significant, age appropriate)?*</t>
+  </si>
+  <si>
+    <t>Was there a method of measurement identified for target behaviors?</t>
+  </si>
+  <si>
+    <t>Was there baseline data for all target behaviors?</t>
+  </si>
+  <si>
+    <t>Was there ongoing and adequate data collection for all target behaviors?</t>
+  </si>
+  <si>
+    <t>Totals (5)</t>
+  </si>
+  <si>
+    <t>IV. BSP – Behaviors for Increase (i.e., Replacement Behaviors/Alternative Behaviors):</t>
+  </si>
+  <si>
+    <t>Were replacement behavior(s) based upon the FBA (i.e., functionally equivalent)?</t>
+  </si>
+  <si>
+    <t>Were replacement behavior(s) adequately defined (e.g., objective, measurable, etc.)?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Was there a method of measurement identified for replacement behaviors? </t>
+  </si>
+  <si>
+    <t>Was there baseline data for all replacement behaviors?</t>
+  </si>
+  <si>
+    <t>Were the replacement behavior(s) individualized, based on skill, functioning, and/or diagnosis?</t>
+  </si>
+  <si>
+    <t>Was there ongoing and adequate data collection for all replacement behaviors?</t>
+  </si>
+  <si>
+    <t>Was the presented data type consistent with the stated goals' data type?</t>
+  </si>
+  <si>
+    <t>Totals (7)</t>
+  </si>
+  <si>
+    <t>V. BSP – Interventions*:</t>
+  </si>
+  <si>
+    <t>Question weight w/NA</t>
+  </si>
+  <si>
+    <t>Question weight w/out NA in Q.61</t>
+  </si>
+  <si>
+    <t>Question weight w/out NA in Q.66&amp;67</t>
+  </si>
+  <si>
+    <t>Were strategies to promote replacement behavior(s) defined?</t>
+  </si>
+  <si>
+    <t>Were preventative, proactive and/or antecedent-based strategies identified and individualized?</t>
+  </si>
+  <si>
+    <t>Were consequence-based strategies identified?</t>
+  </si>
+  <si>
+    <t>If applicable, for consequence-based strategies, was the duration per application identified as well as the criterion for termination of intervention identified?</t>
+  </si>
+  <si>
+    <t>Was there a detailed schedule(s) of reinforcement based on individual preference?</t>
+  </si>
+  <si>
+    <t>Do interventions appear to be least intrusive/restrictive?</t>
+  </si>
+  <si>
+    <t>Do interventions appear to be the most appropriate?</t>
+  </si>
+  <si>
+    <t>If applicable is there a current special circumstance review and approval?*</t>
+  </si>
+  <si>
+    <t>If applicable does the use of restrictive devices meet the requirements in the special circumstance review?*</t>
+  </si>
+  <si>
+    <t>Do interventions align with person-centered planning and individual strengths and preferences?*</t>
+  </si>
+  <si>
+    <t>Totals (10)</t>
+  </si>
+  <si>
+    <t>VI. BSP – Treatment Integrity:</t>
+  </si>
+  <si>
+    <t>Was there a description of prescribed competency-based staff training?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Was there evidence (documentation) that all of the staff who support the individual had been trained on the current BSP? </t>
+  </si>
+  <si>
+    <t>Was the documentation of staff training uploaded to IDDC?</t>
+  </si>
+  <si>
+    <t>Totals (3)</t>
+  </si>
+  <si>
+    <t>VII. BSP – Program Monitoring*:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Were data for target behaviors regularly (at least monthly) summarized? </t>
+  </si>
+  <si>
+    <t>Were data for target behaviors regularly graphically displayed?*</t>
+  </si>
+  <si>
+    <t>Did graphs for target behaviors include phase change lines?</t>
+  </si>
+  <si>
+    <t>Were data for target behaviors regularly (at least monthly) analyzed? *</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Were data for replacement behaviors regularly (at least monthly) summarized? </t>
+  </si>
+  <si>
+    <t>Were data for replacement behaviors regularly graphically displayed?*</t>
+  </si>
+  <si>
+    <t>Did graphs for replacement behaviors include phase change lines?</t>
+  </si>
+  <si>
+    <t>Were data for replacement behaviors regularly (at least monthly) analyzed? *</t>
+  </si>
+  <si>
+    <t>Totals (8)</t>
+  </si>
+  <si>
+    <t>VIII. BSP – Goals of Treatment:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Were objective criteria identified for success (i.e., for target and replacement behaviors)? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Were objective criteria identified for revision (i.e., for target and replacement behaviors)? </t>
+  </si>
+  <si>
+    <t>Were objective criteria identified for termination of plan?</t>
+  </si>
+  <si>
+    <t>Were objective criteria for the above based on baseline data?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Were objective criteria for the above appropriate measures (ex. Verbal aggression may remain above 0 but suicide attempts should be targeted at 0)?                                     </t>
+  </si>
+  <si>
+    <t>If applicable, was there evidence (documentation) that data (frequency &amp; duration) on the use of intrusive or restrictive interventions had been collected, graphed, and analyzed (at least monthly) by the clinician?</t>
+  </si>
+  <si>
+    <t>Totals (6)</t>
+  </si>
+  <si>
+    <t>IX. BSP – Risks and Benefits:</t>
+  </si>
+  <si>
+    <t>Were the potential risks of physical harm identified?</t>
+  </si>
+  <si>
+    <t>Were the potential risks of psychological harm identified?</t>
+  </si>
+  <si>
+    <t>Were there adequate descriptions of intrusiveness and/or restrictiveness of prescribed interventions?</t>
+  </si>
+  <si>
+    <t>Were the potential benefits of interventions identified?</t>
+  </si>
+  <si>
+    <t>Totals (4)</t>
+  </si>
+  <si>
+    <t>X. BSP – Review and Approvals*:</t>
+  </si>
+  <si>
+    <t>Question weight with NA</t>
+  </si>
+  <si>
+    <t>Question weight w/out NA Q106</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Has the BSP been reviewed and approved by the individual or guardian?  </t>
+  </si>
+  <si>
+    <t>Has the BSP been reviewed and approved by the clinician designated by the program?</t>
+  </si>
+  <si>
+    <t>If necessary or required, has the BSP been reviewed and approved by a human rights committee?*</t>
+  </si>
+  <si>
+    <t>Does the BSP appear to align with the HCBS Settings Rule regarding personal choice and rights of the individual?*</t>
+  </si>
+  <si>
+    <t>XI. BSP – Review Outcome:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Excluding “if applicable” the BSP met </t>
+  </si>
+  <si>
+    <t>out of</t>
+  </si>
+  <si>
+    <t>Criteria</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*Critical Areas of Need: </t>
+  </si>
+  <si>
+    <t>Requirements: must be met prior to the end of the approval period</t>
+  </si>
+  <si>
+    <t>Recommendations: general recommendations to improve grammar, readability, etc.</t>
+  </si>
+  <si>
+    <r>
+      <t>1.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>According to the provisions set forth in the Home and Community Based Settings Rule, individuals receiving waiver services are entitled to the same liberties as any and all other adult citizens. While adherence to a doctor's recommendation is highly encouraged, in the end, all citizens have the right to refuse. In a case such as this, restricting food/strict adherence to a diet is highly likely to increase behavioral challenges. Although encouragement, coaching, training, and suggesting are all helpful strategies to increase compliance with medical recommendations, strict adherence and restriction are not appropriate. Where individuals have refused orders or suggestions, ongoing efforts to educate and train on the benefits of adherence should be documented. Individuals in waiver services ultimately have the right to make their own decisions.</t>
+    </r>
+  </si>
+  <si>
+    <t>RBA Signature and Date:</t>
+  </si>
+  <si>
+    <t>Name and Credentials</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Provided to: </t>
+  </si>
+  <si>
+    <t>Date provided:</t>
+  </si>
+  <si>
+    <t>Delivery Method:</t>
+  </si>
+  <si>
+    <t>Provided “Best Practice Standards” (required for all denials, 30 days, and 3-month approvals)</t>
+  </si>
+  <si>
+    <t>Helpful Literature for Questions Marked "No" Above:</t>
+  </si>
+  <si>
+    <t>(Copy and paste reference into your internet browser)</t>
+  </si>
+  <si>
+    <t>1. Introduction</t>
+  </si>
+  <si>
+    <t>2. FBA</t>
+  </si>
+  <si>
+    <t>3. Target Behaviors</t>
+  </si>
+  <si>
+    <t>4. Replacement Behaviors</t>
+  </si>
+  <si>
+    <t>5. Interventions</t>
+  </si>
+  <si>
+    <t>6. Treatment Integrity</t>
+  </si>
+  <si>
+    <t>7. Program Monitoring</t>
+  </si>
+  <si>
+    <t>8. Treatment Goals</t>
+  </si>
+  <si>
+    <t>9. Risks and Benefits</t>
+  </si>
+  <si>
+    <t>10. Reviews and Approvals</t>
+  </si>
+  <si>
+    <t>Person-Centered Planning Resources</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...63 lines deleted...]
-</w:ftr>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="6" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+  </fonts>
+  <fills count="4">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="16">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="2">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  </cellStyleXfs>
+  <cellXfs count="116">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="2">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+  </cellStyles>
+  <dxfs count="11">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...62 lines deleted...]
-</w:ftr>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:footnotes>
+<file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</w:hdr>
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://gets.sharepoint.com/sites/DBHDDCollab/dd/OOHW/OHWBS/Shared%20Documents/RBA%20documents/Analytics/BSP%20Reviews%202025%20Tester.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="BSP%20Reviews%202025%20Tester.xlsm" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</w:hdr>
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="BSP Review"/>
+      <sheetName val="Weighted Means"/>
+      <sheetName val="Literature References"/>
+      <sheetName val="DataExtractNEW"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1">
+        <row r="2">
+          <cell r="T2" t="str">
+            <v>Critical Need</v>
+          </cell>
+          <cell r="U2">
+            <v>70</v>
+          </cell>
+          <cell r="W2">
+            <v>10</v>
+          </cell>
+        </row>
+        <row r="3">
+          <cell r="T3" t="str">
+            <v>Short Term</v>
+          </cell>
+          <cell r="U3">
+            <v>10</v>
+          </cell>
+          <cell r="W3">
+            <v>20</v>
+          </cell>
+        </row>
+        <row r="4">
+          <cell r="T4" t="str">
+            <v>Medium Term</v>
+          </cell>
+          <cell r="U4">
+            <v>10</v>
+          </cell>
+          <cell r="W4">
+            <v>30</v>
+          </cell>
+        </row>
+        <row r="5">
+          <cell r="T5" t="str">
+            <v>Long Term</v>
+          </cell>
+          <cell r="U5">
+            <v>10</v>
+          </cell>
+          <cell r="W5">
+            <v>40</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="U6">
+            <v>100</v>
+          </cell>
+          <cell r="W6">
+            <v>50</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="W7">
+            <v>60</v>
+          </cell>
+        </row>
+        <row r="8">
+          <cell r="W8">
+            <v>70</v>
+          </cell>
+        </row>
+        <row r="9">
+          <cell r="W9">
+            <v>80</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="W10">
+            <v>90</v>
+          </cell>
+        </row>
+        <row r="11">
+          <cell r="W11">
+            <v>100</v>
+          </cell>
+        </row>
+      </sheetData>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2392 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -12744,65 +1741,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -12823,217 +1820,4093 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C464C0AC-CAB5-4206-AF1B-EF9CE60087CC}">
+  <dimension ref="A1:AA212"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="88" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="C3" sqref="C3:D3"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="11" customWidth="1"/>
+    <col min="2" max="2" width="10" customWidth="1"/>
+    <col min="3" max="3" width="11.6640625" customWidth="1"/>
+    <col min="4" max="4" width="9.6640625" customWidth="1"/>
+    <col min="6" max="6" width="9" customWidth="1"/>
+    <col min="7" max="7" width="8.109375" customWidth="1"/>
+    <col min="8" max="9" width="7.6640625" customWidth="1"/>
+    <col min="10" max="11" width="8.88671875" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="25.6640625" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="35.33203125" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="41.6640625" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="14.6640625" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="14.33203125" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="5.6640625" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="7.6640625" customWidth="1"/>
+    <col min="19" max="19" width="7.88671875" customWidth="1"/>
+    <col min="20" max="20" width="9.6640625" customWidth="1"/>
+    <col min="21" max="21" width="9" customWidth="1"/>
+    <col min="22" max="22" width="5.6640625" customWidth="1"/>
+    <col min="23" max="23" width="8.6640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="69"/>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+      <c r="G1" s="69"/>
+      <c r="H1" s="69"/>
+      <c r="I1" s="70"/>
+    </row>
+    <row r="2" spans="1:23" ht="10.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="1"/>
+      <c r="I2" s="2"/>
+    </row>
+    <row r="3" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A3" s="71" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="72"/>
+      <c r="C3" s="73"/>
+      <c r="D3" s="73"/>
+      <c r="F3" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="G3" s="74"/>
+      <c r="H3" s="74"/>
+      <c r="I3" s="4"/>
+    </row>
+    <row r="4" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A4" s="71" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="72"/>
+      <c r="C4" s="75"/>
+      <c r="D4" s="75"/>
+      <c r="I4" s="2"/>
+    </row>
+    <row r="5" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A5" s="71" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="72"/>
+      <c r="C5" s="80"/>
+      <c r="D5" s="80"/>
+      <c r="F5" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="81"/>
+      <c r="H5" s="81"/>
+      <c r="I5" s="2"/>
+      <c r="L5" s="5"/>
+    </row>
+    <row r="6" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A6" s="71" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" s="72"/>
+      <c r="C6" s="72"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+      <c r="F6" s="82"/>
+      <c r="G6" s="82"/>
+      <c r="H6" s="82"/>
+      <c r="I6" s="6"/>
+    </row>
+    <row r="7" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A7" s="71" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="72"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="I7" s="2"/>
+    </row>
+    <row r="8" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A8" s="1"/>
+      <c r="I8" s="2"/>
+      <c r="O8" s="7"/>
+      <c r="P8" s="54"/>
+      <c r="Q8" s="54"/>
+      <c r="R8" s="54"/>
+      <c r="S8" s="54"/>
+      <c r="T8" s="54"/>
+      <c r="U8" s="54"/>
+      <c r="V8" s="54"/>
+      <c r="W8" s="54"/>
+    </row>
+    <row r="9" spans="1:23" x14ac:dyDescent="0.3">
+      <c r="A9" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="I9" s="9"/>
+      <c r="L9" t="s">
+        <v>9</v>
+      </c>
+      <c r="M9" t="s">
+        <v>10</v>
+      </c>
+      <c r="O9" s="76" t="s">
+        <v>11</v>
+      </c>
+      <c r="P9" s="76"/>
+      <c r="Q9" s="10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="77" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="78"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="78"/>
+      <c r="F10" s="78"/>
+      <c r="G10" s="78"/>
+      <c r="H10" s="79"/>
+      <c r="I10" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" s="12">
+        <f t="shared" ref="J10:J20" si="0">IF(I10="Yes", L10, IF(I10="No", 0, IF(I10="N/A",M10,"")))</f>
+        <v>10</v>
+      </c>
+      <c r="L10" s="13">
+        <v>10</v>
+      </c>
+      <c r="M10" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="77" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="78"/>
+      <c r="C11" s="78"/>
+      <c r="D11" s="78"/>
+      <c r="E11" s="78"/>
+      <c r="F11" s="78"/>
+      <c r="G11" s="78"/>
+      <c r="H11" s="79"/>
+      <c r="I11" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J11" s="12">
+        <f t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c r="L11" s="13">
+        <v>5</v>
+      </c>
+      <c r="M11" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="77" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="78"/>
+      <c r="C12" s="78"/>
+      <c r="D12" s="78"/>
+      <c r="E12" s="78"/>
+      <c r="F12" s="78"/>
+      <c r="G12" s="78"/>
+      <c r="H12" s="79"/>
+      <c r="I12" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" s="12">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="L12" s="13">
+        <v>10</v>
+      </c>
+      <c r="M12" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="77" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="78"/>
+      <c r="C13" s="78"/>
+      <c r="D13" s="78"/>
+      <c r="E13" s="78"/>
+      <c r="F13" s="78"/>
+      <c r="G13" s="78"/>
+      <c r="H13" s="79"/>
+      <c r="I13" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" s="12">
+        <f t="shared" si="0"/>
+        <v>5</v>
+      </c>
+      <c r="L13" s="13">
+        <v>5</v>
+      </c>
+      <c r="M13" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="78"/>
+      <c r="C14" s="78"/>
+      <c r="D14" s="78"/>
+      <c r="E14" s="78"/>
+      <c r="F14" s="78"/>
+      <c r="G14" s="78"/>
+      <c r="H14" s="79"/>
+      <c r="I14" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" s="12">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="L14" s="13">
+        <v>10</v>
+      </c>
+      <c r="M14" s="13">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="78"/>
+      <c r="C15" s="78"/>
+      <c r="D15" s="78"/>
+      <c r="E15" s="78"/>
+      <c r="F15" s="78"/>
+      <c r="G15" s="78"/>
+      <c r="H15" s="79"/>
+      <c r="I15" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" s="12">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="L15" s="13">
+        <v>10</v>
+      </c>
+      <c r="M15" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="77" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="78"/>
+      <c r="C16" s="78"/>
+      <c r="D16" s="78"/>
+      <c r="E16" s="78"/>
+      <c r="F16" s="78"/>
+      <c r="G16" s="78"/>
+      <c r="H16" s="79"/>
+      <c r="I16" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" s="12">
+        <f>IF(I16="Yes", L16, IF(I16="No", 0, IF(I16="N/A",M16,"")))</f>
+        <v>15</v>
+      </c>
+      <c r="L16" s="13">
+        <v>15</v>
+      </c>
+      <c r="M16" s="13" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="77" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="78"/>
+      <c r="C17" s="78"/>
+      <c r="D17" s="78"/>
+      <c r="E17" s="78"/>
+      <c r="F17" s="78"/>
+      <c r="G17" s="78"/>
+      <c r="H17" s="79"/>
+      <c r="I17" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J17" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L17" s="13">
+        <v>10</v>
+      </c>
+      <c r="M17" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="77" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" s="78"/>
+      <c r="C18" s="78"/>
+      <c r="D18" s="78"/>
+      <c r="E18" s="78"/>
+      <c r="F18" s="78"/>
+      <c r="G18" s="78"/>
+      <c r="H18" s="79"/>
+      <c r="I18" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J18" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L18" s="13">
+        <v>10</v>
+      </c>
+      <c r="M18" s="13">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" s="78"/>
+      <c r="C19" s="78"/>
+      <c r="D19" s="78"/>
+      <c r="E19" s="78"/>
+      <c r="F19" s="78"/>
+      <c r="G19" s="78"/>
+      <c r="H19" s="79"/>
+      <c r="I19" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J19" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L19" s="13">
+        <v>10</v>
+      </c>
+      <c r="M19" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="77" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20" s="85"/>
+      <c r="C20" s="85"/>
+      <c r="D20" s="85"/>
+      <c r="E20" s="85"/>
+      <c r="F20" s="85"/>
+      <c r="G20" s="85"/>
+      <c r="H20" s="86"/>
+      <c r="I20" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J20" s="12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="L20" s="13">
+        <v>5</v>
+      </c>
+      <c r="M20" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="15"/>
+      <c r="C21" s="15"/>
+      <c r="D21" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E21" s="17">
+        <f>COUNTIF(I10:I20, "N/A")</f>
+        <v>0</v>
+      </c>
+      <c r="F21" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="18">
+        <f>COUNTIF(I10:I20, "Yes")</f>
+        <v>7</v>
+      </c>
+      <c r="H21" s="19" t="s">
+        <v>22</v>
+      </c>
+      <c r="I21" s="18">
+        <f>COUNTIF(I10:I20, "No")</f>
+        <v>4</v>
+      </c>
+      <c r="J21" s="12">
+        <f>SUM(J10:J20)</f>
+        <v>65</v>
+      </c>
+      <c r="L21" s="20">
+        <f>SUM(L10:L20)</f>
+        <v>100</v>
+      </c>
+      <c r="M21" s="20">
+        <f>SUM(M10:M20)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="21"/>
+      <c r="J22"/>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A23" s="83" t="s">
+        <v>28</v>
+      </c>
+      <c r="B23" s="84"/>
+      <c r="C23" s="84"/>
+      <c r="D23" s="84"/>
+      <c r="E23" s="84"/>
+      <c r="F23" s="84"/>
+      <c r="L23" t="s">
+        <v>29</v>
+      </c>
+      <c r="M23" t="s">
+        <v>30</v>
+      </c>
+      <c r="O23" s="76" t="s">
+        <v>11</v>
+      </c>
+      <c r="P23" s="76"/>
+      <c r="Q23" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="77" t="s">
+        <v>31</v>
+      </c>
+      <c r="B24" s="78"/>
+      <c r="C24" s="78"/>
+      <c r="D24" s="78"/>
+      <c r="E24" s="78"/>
+      <c r="F24" s="78"/>
+      <c r="G24" s="78"/>
+      <c r="H24" s="79"/>
+      <c r="I24" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J24" s="12">
+        <f t="shared" ref="J24:J36" si="1">IF(I24="Yes", L24, IF(I24="No", 0, IF(I24="N/A",M24,"")))</f>
+        <v>10</v>
+      </c>
+      <c r="L24" s="13">
+        <v>10</v>
+      </c>
+      <c r="M24" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="77" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" s="78"/>
+      <c r="C25" s="78"/>
+      <c r="D25" s="78"/>
+      <c r="E25" s="78"/>
+      <c r="F25" s="78"/>
+      <c r="G25" s="78"/>
+      <c r="H25" s="79"/>
+      <c r="I25" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" s="12">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+      <c r="L25" s="13">
+        <v>10</v>
+      </c>
+      <c r="M25" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="77" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" s="78"/>
+      <c r="C26" s="78"/>
+      <c r="D26" s="78"/>
+      <c r="E26" s="78"/>
+      <c r="F26" s="78"/>
+      <c r="G26" s="78"/>
+      <c r="H26" s="79"/>
+      <c r="I26" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" s="12">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+      <c r="L26" s="13">
+        <v>15</v>
+      </c>
+      <c r="M26" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="77" t="s">
+        <v>34</v>
+      </c>
+      <c r="B27" s="78"/>
+      <c r="C27" s="78"/>
+      <c r="D27" s="78"/>
+      <c r="E27" s="78"/>
+      <c r="F27" s="78"/>
+      <c r="G27" s="78"/>
+      <c r="H27" s="79"/>
+      <c r="I27" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J27" s="12">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="L27" s="13">
+        <v>5</v>
+      </c>
+      <c r="M27" s="13">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="77" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" s="78"/>
+      <c r="C28" s="78"/>
+      <c r="D28" s="78"/>
+      <c r="E28" s="78"/>
+      <c r="F28" s="78"/>
+      <c r="G28" s="78"/>
+      <c r="H28" s="79"/>
+      <c r="I28" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J28" s="12">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="L28" s="13">
+        <v>5</v>
+      </c>
+      <c r="M28" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="77" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" s="78"/>
+      <c r="C29" s="78"/>
+      <c r="D29" s="78"/>
+      <c r="E29" s="78"/>
+      <c r="F29" s="78"/>
+      <c r="G29" s="78"/>
+      <c r="H29" s="79"/>
+      <c r="I29" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" s="12">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="L29" s="13">
+        <v>5</v>
+      </c>
+      <c r="M29" s="13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="77" t="s">
+        <v>37</v>
+      </c>
+      <c r="B30" s="78"/>
+      <c r="C30" s="78"/>
+      <c r="D30" s="78"/>
+      <c r="E30" s="78"/>
+      <c r="F30" s="78"/>
+      <c r="G30" s="78"/>
+      <c r="H30" s="79"/>
+      <c r="I30" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="12">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="L30" s="13">
+        <v>5</v>
+      </c>
+      <c r="M30" s="13">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="77" t="s">
+        <v>38</v>
+      </c>
+      <c r="B31" s="78"/>
+      <c r="C31" s="78"/>
+      <c r="D31" s="78"/>
+      <c r="E31" s="78"/>
+      <c r="F31" s="78"/>
+      <c r="G31" s="78"/>
+      <c r="H31" s="79"/>
+      <c r="I31" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" s="12">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="L31" s="13">
+        <v>5</v>
+      </c>
+      <c r="M31" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="77" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" s="78"/>
+      <c r="C32" s="78"/>
+      <c r="D32" s="78"/>
+      <c r="E32" s="78"/>
+      <c r="F32" s="78"/>
+      <c r="G32" s="78"/>
+      <c r="H32" s="79"/>
+      <c r="I32" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" s="12">
+        <f t="shared" si="1"/>
+        <v>5</v>
+      </c>
+      <c r="L32" s="13">
+        <v>5</v>
+      </c>
+      <c r="M32" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="77" t="s">
+        <v>40</v>
+      </c>
+      <c r="B33" s="78"/>
+      <c r="C33" s="78"/>
+      <c r="D33" s="78"/>
+      <c r="E33" s="78"/>
+      <c r="F33" s="78"/>
+      <c r="G33" s="78"/>
+      <c r="H33" s="79"/>
+      <c r="I33" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J33" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L33" s="13">
+        <v>5</v>
+      </c>
+      <c r="M33" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="77" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="78"/>
+      <c r="C34" s="78"/>
+      <c r="D34" s="78"/>
+      <c r="E34" s="78"/>
+      <c r="F34" s="78"/>
+      <c r="G34" s="78"/>
+      <c r="H34" s="79"/>
+      <c r="I34" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J34" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L34" s="13">
+        <v>10</v>
+      </c>
+      <c r="M34" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="77" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35" s="78"/>
+      <c r="C35" s="78"/>
+      <c r="D35" s="78"/>
+      <c r="E35" s="78"/>
+      <c r="F35" s="78"/>
+      <c r="G35" s="78"/>
+      <c r="H35" s="79"/>
+      <c r="I35" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J35" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L35" s="13">
+        <v>15</v>
+      </c>
+      <c r="M35" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" s="13" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="77" t="s">
+        <v>43</v>
+      </c>
+      <c r="B36" s="78"/>
+      <c r="C36" s="78"/>
+      <c r="D36" s="78"/>
+      <c r="E36" s="78"/>
+      <c r="F36" s="78"/>
+      <c r="G36" s="78"/>
+      <c r="H36" s="88"/>
+      <c r="I36" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J36" s="12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L36" s="13">
+        <v>5</v>
+      </c>
+      <c r="M36" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="B37" s="15"/>
+      <c r="C37" s="15"/>
+      <c r="D37" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E37" s="18">
+        <f>COUNTIF(I24:I36, "N/A")</f>
+        <v>0</v>
+      </c>
+      <c r="F37" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="17">
+        <f>COUNTIF(I24:I36, "Yes")</f>
+        <v>9</v>
+      </c>
+      <c r="H37" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I37" s="18">
+        <f>COUNTIF(I24:I36, "No")</f>
+        <v>4</v>
+      </c>
+      <c r="J37" s="22">
+        <f>SUM(J24:J36)</f>
+        <v>65</v>
+      </c>
+      <c r="L37" s="20">
+        <f>SUM(L24:L36)</f>
+        <v>100</v>
+      </c>
+      <c r="M37" s="20">
+        <f>SUM(M24:M36)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="21"/>
+      <c r="J38"/>
+    </row>
+    <row r="39" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="83" t="s">
+        <v>45</v>
+      </c>
+      <c r="B39" s="84"/>
+      <c r="C39" s="84"/>
+      <c r="D39" s="84"/>
+      <c r="E39" s="84"/>
+      <c r="F39" s="84"/>
+      <c r="J39"/>
+      <c r="L39" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="O39" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="P39" s="87"/>
+      <c r="Q39" s="20">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="77" t="s">
+        <v>46</v>
+      </c>
+      <c r="B40" s="78"/>
+      <c r="C40" s="78"/>
+      <c r="D40" s="78"/>
+      <c r="E40" s="78"/>
+      <c r="F40" s="78"/>
+      <c r="G40" s="78"/>
+      <c r="H40" s="79"/>
+      <c r="I40" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J40" s="12">
+        <f>IF(I40="Yes", L40, IF(I40="No", 0, IF(I40="N/A",M40,"")))</f>
+        <v>25</v>
+      </c>
+      <c r="L40" s="13">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="77" t="s">
+        <v>47</v>
+      </c>
+      <c r="B41" s="78"/>
+      <c r="C41" s="78"/>
+      <c r="D41" s="78"/>
+      <c r="E41" s="78"/>
+      <c r="F41" s="78"/>
+      <c r="G41" s="78"/>
+      <c r="H41" s="79"/>
+      <c r="I41" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J41" s="12">
+        <f>IF(I41="Yes", L41, IF(I41="No", 0, IF(I41="N/A",M41,"")))</f>
+        <v>25</v>
+      </c>
+      <c r="L41" s="13">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="77" t="s">
+        <v>48</v>
+      </c>
+      <c r="B42" s="78"/>
+      <c r="C42" s="78"/>
+      <c r="D42" s="78"/>
+      <c r="E42" s="78"/>
+      <c r="F42" s="78"/>
+      <c r="G42" s="78"/>
+      <c r="H42" s="79"/>
+      <c r="I42" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="12">
+        <f>IF(I42="Yes", L42, IF(I42="No", 0, IF(I42="N/A",M42,"")))</f>
+        <v>15</v>
+      </c>
+      <c r="L42" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="77" t="s">
+        <v>49</v>
+      </c>
+      <c r="B43" s="78"/>
+      <c r="C43" s="78"/>
+      <c r="D43" s="78"/>
+      <c r="E43" s="78"/>
+      <c r="F43" s="78"/>
+      <c r="G43" s="78"/>
+      <c r="H43" s="79"/>
+      <c r="I43" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" s="12">
+        <f>IF(I43="Yes", L43, IF(I43="No", 0, IF(I43="N/A",M43,"")))</f>
+        <v>15</v>
+      </c>
+      <c r="L43" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="77" t="s">
+        <v>50</v>
+      </c>
+      <c r="B44" s="78"/>
+      <c r="C44" s="78"/>
+      <c r="D44" s="78"/>
+      <c r="E44" s="78"/>
+      <c r="F44" s="78"/>
+      <c r="G44" s="78"/>
+      <c r="H44" s="79"/>
+      <c r="I44" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" s="12">
+        <f>IF(I44="Yes", L44, IF(I44="No", 0, IF(I44="N/A",M44,"")))</f>
+        <v>20</v>
+      </c>
+      <c r="L44" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="52" t="s">
+        <v>51</v>
+      </c>
+      <c r="B45" s="53"/>
+      <c r="C45" s="53"/>
+      <c r="D45" s="53"/>
+      <c r="E45" s="53"/>
+      <c r="F45" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="18">
+        <f>COUNTIF(I40:I44, "Yes")</f>
+        <v>5</v>
+      </c>
+      <c r="H45" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I45" s="18">
+        <f>COUNTIF(I40:I44, "No")</f>
+        <v>0</v>
+      </c>
+      <c r="J45" s="12">
+        <f>SUM(J40:J44)</f>
+        <v>100</v>
+      </c>
+      <c r="L45" s="20">
+        <f>SUM(L40:L44)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="21"/>
+      <c r="J46"/>
+    </row>
+    <row r="47" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="92" t="s">
+        <v>52</v>
+      </c>
+      <c r="B47" s="93"/>
+      <c r="C47" s="93"/>
+      <c r="D47" s="93"/>
+      <c r="E47" s="93"/>
+      <c r="F47" s="93"/>
+      <c r="J47"/>
+      <c r="L47" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="O47" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="P47" s="87"/>
+      <c r="Q47" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="77" t="s">
+        <v>53</v>
+      </c>
+      <c r="B48" s="78"/>
+      <c r="C48" s="78"/>
+      <c r="D48" s="78"/>
+      <c r="E48" s="78"/>
+      <c r="F48" s="78"/>
+      <c r="G48" s="78"/>
+      <c r="H48" s="79"/>
+      <c r="I48" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="12">
+        <f t="shared" ref="J48:J54" si="2">IF(I48="Yes", L48, IF(I48="No", 0, IF(I48="N/A",M48,"")))</f>
+        <v>15</v>
+      </c>
+      <c r="L48" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="77" t="s">
+        <v>54</v>
+      </c>
+      <c r="B49" s="78"/>
+      <c r="C49" s="78"/>
+      <c r="D49" s="78"/>
+      <c r="E49" s="78"/>
+      <c r="F49" s="78"/>
+      <c r="G49" s="78"/>
+      <c r="H49" s="79"/>
+      <c r="I49" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" s="12">
+        <f t="shared" si="2"/>
+        <v>15</v>
+      </c>
+      <c r="L49" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="77" t="s">
+        <v>55</v>
+      </c>
+      <c r="B50" s="78"/>
+      <c r="C50" s="78"/>
+      <c r="D50" s="78"/>
+      <c r="E50" s="78"/>
+      <c r="F50" s="78"/>
+      <c r="G50" s="78"/>
+      <c r="H50" s="79"/>
+      <c r="I50" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" s="12">
+        <f t="shared" si="2"/>
+        <v>10</v>
+      </c>
+      <c r="L50" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="77" t="s">
+        <v>56</v>
+      </c>
+      <c r="B51" s="78"/>
+      <c r="C51" s="78"/>
+      <c r="D51" s="78"/>
+      <c r="E51" s="78"/>
+      <c r="F51" s="78"/>
+      <c r="G51" s="78"/>
+      <c r="H51" s="79"/>
+      <c r="I51" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" s="12">
+        <f t="shared" si="2"/>
+        <v>5</v>
+      </c>
+      <c r="L51" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="89" t="s">
+        <v>57</v>
+      </c>
+      <c r="B52" s="90"/>
+      <c r="C52" s="90"/>
+      <c r="D52" s="90"/>
+      <c r="E52" s="90"/>
+      <c r="F52" s="90"/>
+      <c r="G52" s="90"/>
+      <c r="H52" s="91"/>
+      <c r="I52" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" s="12">
+        <f t="shared" si="2"/>
+        <v>25</v>
+      </c>
+      <c r="L52" s="13">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="77" t="s">
+        <v>58</v>
+      </c>
+      <c r="B53" s="78"/>
+      <c r="C53" s="78"/>
+      <c r="D53" s="78"/>
+      <c r="E53" s="78"/>
+      <c r="F53" s="78"/>
+      <c r="G53" s="78"/>
+      <c r="H53" s="79"/>
+      <c r="I53" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" s="12">
+        <f t="shared" si="2"/>
+        <v>15</v>
+      </c>
+      <c r="L53" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="77" t="s">
+        <v>59</v>
+      </c>
+      <c r="B54" s="78"/>
+      <c r="C54" s="78"/>
+      <c r="D54" s="78"/>
+      <c r="E54" s="78"/>
+      <c r="F54" s="78"/>
+      <c r="G54" s="78"/>
+      <c r="H54" s="88"/>
+      <c r="I54" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="12">
+        <f t="shared" si="2"/>
+        <v>15</v>
+      </c>
+      <c r="L54" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B55" s="15"/>
+      <c r="C55" s="15"/>
+      <c r="D55" s="15"/>
+      <c r="E55" s="15"/>
+      <c r="F55" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="17">
+        <f>COUNTIF(I48:I54, "Yes")</f>
+        <v>7</v>
+      </c>
+      <c r="H55" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I55" s="18">
+        <f>COUNTIF(I48:I54, "No")</f>
+        <v>0</v>
+      </c>
+      <c r="J55" s="12">
+        <f>SUM(J48:J54)</f>
+        <v>100</v>
+      </c>
+      <c r="L55" s="20">
+        <f>SUM(L48:L54)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="21"/>
+      <c r="J56"/>
+    </row>
+    <row r="57" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="94" t="s">
+        <v>61</v>
+      </c>
+      <c r="B57" s="95"/>
+      <c r="C57" s="95"/>
+      <c r="D57" s="95"/>
+      <c r="E57" s="95"/>
+      <c r="F57" s="95"/>
+      <c r="J57"/>
+      <c r="L57" t="s">
+        <v>62</v>
+      </c>
+      <c r="M57" t="s">
+        <v>63</v>
+      </c>
+      <c r="N57" t="s">
+        <v>64</v>
+      </c>
+      <c r="O57" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="P57" s="87"/>
+      <c r="Q57" s="20">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="77" t="s">
+        <v>65</v>
+      </c>
+      <c r="B58" s="78"/>
+      <c r="C58" s="78"/>
+      <c r="D58" s="78"/>
+      <c r="E58" s="78"/>
+      <c r="F58" s="78"/>
+      <c r="G58" s="78"/>
+      <c r="H58" s="79"/>
+      <c r="I58" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J58" s="12">
+        <f t="shared" ref="J58:J60" si="3">IF(I58="Yes", L58, IF(I58="No", 0, IF(I58="N/A",M58,"")))</f>
+        <v>0</v>
+      </c>
+      <c r="L58" s="13">
+        <v>10</v>
+      </c>
+      <c r="M58" s="13">
+        <v>5</v>
+      </c>
+      <c r="N58" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" s="13" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="89" t="s">
+        <v>66</v>
+      </c>
+      <c r="B59" s="90"/>
+      <c r="C59" s="90"/>
+      <c r="D59" s="90"/>
+      <c r="E59" s="90"/>
+      <c r="F59" s="90"/>
+      <c r="G59" s="90"/>
+      <c r="H59" s="91"/>
+      <c r="I59" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J59" s="12">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="L59" s="13">
+        <v>15</v>
+      </c>
+      <c r="M59" s="13">
+        <v>15</v>
+      </c>
+      <c r="N59" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="77" t="s">
+        <v>67</v>
+      </c>
+      <c r="B60" s="78"/>
+      <c r="C60" s="78"/>
+      <c r="D60" s="78"/>
+      <c r="E60" s="78"/>
+      <c r="F60" s="78"/>
+      <c r="G60" s="78"/>
+      <c r="H60" s="79"/>
+      <c r="I60" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J60" s="12">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="L60" s="13">
+        <v>15</v>
+      </c>
+      <c r="M60" s="13">
+        <v>15</v>
+      </c>
+      <c r="N60" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" s="13" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="89" t="s">
+        <v>68</v>
+      </c>
+      <c r="B61" s="90"/>
+      <c r="C61" s="90"/>
+      <c r="D61" s="90"/>
+      <c r="E61" s="90"/>
+      <c r="F61" s="90"/>
+      <c r="G61" s="90"/>
+      <c r="H61" s="91"/>
+      <c r="I61" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" s="12" cm="1">
+        <f t="array" ref="J61">_xlfn.SWITCH(I61, "Yes", M61, "No", 0, "N/A", L61, 0)</f>
+        <v>15</v>
+      </c>
+      <c r="L61" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="M61" s="13">
+        <v>15</v>
+      </c>
+      <c r="N61" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="77" t="s">
+        <v>69</v>
+      </c>
+      <c r="B62" s="78"/>
+      <c r="C62" s="78"/>
+      <c r="D62" s="78"/>
+      <c r="E62" s="78"/>
+      <c r="F62" s="78"/>
+      <c r="G62" s="78"/>
+      <c r="H62" s="79"/>
+      <c r="I62" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" s="12">
+        <f>IF(I62="Yes", N62, IF(I62="No", 0, IF(I62="N/A",M62,"")))</f>
+        <v>10</v>
+      </c>
+      <c r="L62" s="13">
+        <v>15</v>
+      </c>
+      <c r="M62" s="13">
+        <v>15</v>
+      </c>
+      <c r="N62" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="77" t="s">
+        <v>70</v>
+      </c>
+      <c r="B63" s="78"/>
+      <c r="C63" s="78"/>
+      <c r="D63" s="78"/>
+      <c r="E63" s="78"/>
+      <c r="F63" s="78"/>
+      <c r="G63" s="78"/>
+      <c r="H63" s="79"/>
+      <c r="I63" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" s="12">
+        <f>IF(I63="Yes", N63, IF(I63="No", 0, IF(I63="N/A",M63,"")))</f>
+        <v>5</v>
+      </c>
+      <c r="L63" s="13">
+        <v>15</v>
+      </c>
+      <c r="M63" s="13">
+        <v>10</v>
+      </c>
+      <c r="N63" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="77" t="s">
+        <v>71</v>
+      </c>
+      <c r="B64" s="78"/>
+      <c r="C64" s="78"/>
+      <c r="D64" s="78"/>
+      <c r="E64" s="78"/>
+      <c r="F64" s="78"/>
+      <c r="G64" s="78"/>
+      <c r="H64" s="79"/>
+      <c r="I64" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" s="12">
+        <f>IF(I64="Yes", N64, IF(I64="No", 0, IF(I64="N/A",M64,"")))</f>
+        <v>5</v>
+      </c>
+      <c r="L64" s="13">
+        <v>10</v>
+      </c>
+      <c r="M64" s="13">
+        <v>5</v>
+      </c>
+      <c r="N64" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="89" t="s">
+        <v>72</v>
+      </c>
+      <c r="B65" s="90"/>
+      <c r="C65" s="90"/>
+      <c r="D65" s="90"/>
+      <c r="E65" s="90"/>
+      <c r="F65" s="90"/>
+      <c r="G65" s="90"/>
+      <c r="H65" s="91"/>
+      <c r="I65" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J65" s="12">
+        <f>IF(I65="Yes", N65, IF(I65="No", 0, IF(I65="N/A",L65,"")))</f>
+        <v>20</v>
+      </c>
+      <c r="L65" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="M65" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="N65" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="66" spans="1:27" s="13" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="89" t="s">
+        <v>73</v>
+      </c>
+      <c r="B66" s="90"/>
+      <c r="C66" s="90"/>
+      <c r="D66" s="90"/>
+      <c r="E66" s="90"/>
+      <c r="F66" s="90"/>
+      <c r="G66" s="90"/>
+      <c r="H66" s="91"/>
+      <c r="I66" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J66" s="12">
+        <f>IF(I66="Yes", N66, IF(I66="No", 0, IF(I66="N/A",L66,"")))</f>
+        <v>10</v>
+      </c>
+      <c r="L66" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="M66" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="N66" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67" spans="1:27" s="13" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="77" t="s">
+        <v>74</v>
+      </c>
+      <c r="B67" s="85"/>
+      <c r="C67" s="85"/>
+      <c r="D67" s="85"/>
+      <c r="E67" s="85"/>
+      <c r="F67" s="85"/>
+      <c r="G67" s="85"/>
+      <c r="H67" s="96"/>
+      <c r="I67" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J67" s="12">
+        <f>IF(I67="Yes", N67, IF(I67="No", 0, IF(I67="N/A",M67,"")))</f>
+        <v>0</v>
+      </c>
+      <c r="L67" s="13">
+        <v>20</v>
+      </c>
+      <c r="M67" s="13">
+        <v>20</v>
+      </c>
+      <c r="N67" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="68" spans="1:27" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B68" s="15"/>
+      <c r="C68" s="15"/>
+      <c r="D68" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E68" s="18">
+        <f>COUNTIF(I58:I67, "N/A")</f>
+        <v>0</v>
+      </c>
+      <c r="F68" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="17">
+        <f>COUNTIF(I58:I67, "Yes")</f>
+        <v>6</v>
+      </c>
+      <c r="H68" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I68" s="18">
+        <f>COUNTIF(I58:I67, "No")</f>
+        <v>4</v>
+      </c>
+      <c r="J68" s="12">
+        <f>SUM(J58:J67)</f>
+        <v>65</v>
+      </c>
+      <c r="K68" s="24"/>
+      <c r="L68" s="20">
+        <f>SUM(L58:L67)</f>
+        <v>100</v>
+      </c>
+      <c r="M68" s="20">
+        <f>SUM(M58:M67)</f>
+        <v>100</v>
+      </c>
+      <c r="N68" s="20">
+        <f>SUM(N58:N67)</f>
+        <v>100</v>
+      </c>
+      <c r="AA68" s="25"/>
+    </row>
+    <row r="69" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="21"/>
+      <c r="J69"/>
+    </row>
+    <row r="70" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="94" t="s">
+        <v>76</v>
+      </c>
+      <c r="B70" s="95"/>
+      <c r="C70" s="95"/>
+      <c r="D70" s="95"/>
+      <c r="E70" s="95"/>
+      <c r="J70"/>
+      <c r="L70" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="O70" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="P70" s="87"/>
+      <c r="Q70" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="77" t="s">
+        <v>77</v>
+      </c>
+      <c r="B71" s="78"/>
+      <c r="C71" s="78"/>
+      <c r="D71" s="78"/>
+      <c r="E71" s="78"/>
+      <c r="F71" s="78"/>
+      <c r="G71" s="78"/>
+      <c r="H71" s="79"/>
+      <c r="I71" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J71" s="12">
+        <f>IF(I71="Yes", L71, IF(I71="No", 0, IF(I71="N/A",M71,"")))</f>
+        <v>70</v>
+      </c>
+      <c r="L71" s="13">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="72" spans="1:27" s="13" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="89" t="s">
+        <v>78</v>
+      </c>
+      <c r="B72" s="90"/>
+      <c r="C72" s="90"/>
+      <c r="D72" s="90"/>
+      <c r="E72" s="90"/>
+      <c r="F72" s="90"/>
+      <c r="G72" s="90"/>
+      <c r="H72" s="91"/>
+      <c r="I72" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J72" s="12">
+        <f>IF(I72="Yes", L72, IF(I72="No", 0, IF(I72="N/A",M72,"")))</f>
+        <v>20</v>
+      </c>
+      <c r="L72" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="73" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="77" t="s">
+        <v>79</v>
+      </c>
+      <c r="B73" s="78"/>
+      <c r="C73" s="78"/>
+      <c r="D73" s="78"/>
+      <c r="E73" s="78"/>
+      <c r="F73" s="78"/>
+      <c r="G73" s="78"/>
+      <c r="H73" s="88"/>
+      <c r="I73" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J73" s="12">
+        <f>IF(I73="Yes", L73, IF(I73="No", 0, IF(I73="N/A",M73,"")))</f>
+        <v>0</v>
+      </c>
+      <c r="L73" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="74" spans="1:27" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="52" t="s">
+        <v>80</v>
+      </c>
+      <c r="B74" s="53"/>
+      <c r="C74" s="53"/>
+      <c r="D74" s="53"/>
+      <c r="E74" s="53"/>
+      <c r="F74" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="17">
+        <f>COUNTIF(I71:I73, "Yes")</f>
+        <v>2</v>
+      </c>
+      <c r="H74" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I74" s="18">
+        <f>COUNTIF(I71:I73, "No")</f>
+        <v>1</v>
+      </c>
+      <c r="J74" s="12">
+        <f>SUM(J71:J73)</f>
+        <v>90</v>
+      </c>
+      <c r="L74" s="20">
+        <f>SUM(L71:L73)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="75" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="21"/>
+      <c r="J75"/>
+    </row>
+    <row r="76" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="94" t="s">
+        <v>81</v>
+      </c>
+      <c r="B76" s="95"/>
+      <c r="C76" s="95"/>
+      <c r="D76" s="95"/>
+      <c r="E76" s="95"/>
+      <c r="F76" s="95"/>
+      <c r="J76"/>
+      <c r="L76" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="O76" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="P76" s="87"/>
+      <c r="Q76" s="20">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="77" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="77" t="s">
+        <v>82</v>
+      </c>
+      <c r="B77" s="78"/>
+      <c r="C77" s="78"/>
+      <c r="D77" s="78"/>
+      <c r="E77" s="78"/>
+      <c r="F77" s="78"/>
+      <c r="G77" s="78"/>
+      <c r="H77" s="79"/>
+      <c r="I77" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J77" s="12">
+        <f t="shared" ref="J77:J84" si="4">IF(I77="Yes", L77, IF(I77="No", 0, IF(I77="N/A",M77,"")))</f>
+        <v>10</v>
+      </c>
+      <c r="L77" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="78" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="77" t="s">
+        <v>83</v>
+      </c>
+      <c r="B78" s="78"/>
+      <c r="C78" s="78"/>
+      <c r="D78" s="78"/>
+      <c r="E78" s="78"/>
+      <c r="F78" s="78"/>
+      <c r="G78" s="78"/>
+      <c r="H78" s="79"/>
+      <c r="I78" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" s="12">
+        <f t="shared" si="4"/>
+        <v>15</v>
+      </c>
+      <c r="L78" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="79" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="77" t="s">
+        <v>84</v>
+      </c>
+      <c r="B79" s="78"/>
+      <c r="C79" s="78"/>
+      <c r="D79" s="78"/>
+      <c r="E79" s="78"/>
+      <c r="F79" s="78"/>
+      <c r="G79" s="78"/>
+      <c r="H79" s="79"/>
+      <c r="I79" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J79" s="12">
+        <f t="shared" si="4"/>
+        <v>10</v>
+      </c>
+      <c r="L79" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="80" spans="1:27" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="77" t="s">
+        <v>85</v>
+      </c>
+      <c r="B80" s="78"/>
+      <c r="C80" s="78"/>
+      <c r="D80" s="78"/>
+      <c r="E80" s="78"/>
+      <c r="F80" s="78"/>
+      <c r="G80" s="78"/>
+      <c r="H80" s="79"/>
+      <c r="I80" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J80" s="12">
+        <f t="shared" si="4"/>
+        <v>15</v>
+      </c>
+      <c r="L80" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="77" t="s">
+        <v>86</v>
+      </c>
+      <c r="B81" s="78"/>
+      <c r="C81" s="78"/>
+      <c r="D81" s="78"/>
+      <c r="E81" s="78"/>
+      <c r="F81" s="78"/>
+      <c r="G81" s="78"/>
+      <c r="H81" s="79"/>
+      <c r="I81" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J81" s="12">
+        <f t="shared" si="4"/>
+        <v>10</v>
+      </c>
+      <c r="L81" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="77" t="s">
+        <v>87</v>
+      </c>
+      <c r="B82" s="78"/>
+      <c r="C82" s="78"/>
+      <c r="D82" s="78"/>
+      <c r="E82" s="78"/>
+      <c r="F82" s="78"/>
+      <c r="G82" s="78"/>
+      <c r="H82" s="79"/>
+      <c r="I82" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J82" s="12">
+        <f t="shared" si="4"/>
+        <v>15</v>
+      </c>
+      <c r="L82" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="77" t="s">
+        <v>88</v>
+      </c>
+      <c r="B83" s="78"/>
+      <c r="C83" s="78"/>
+      <c r="D83" s="78"/>
+      <c r="E83" s="78"/>
+      <c r="F83" s="78"/>
+      <c r="G83" s="78"/>
+      <c r="H83" s="79"/>
+      <c r="I83" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J83" s="12">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="L83" s="13">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="77" t="s">
+        <v>89</v>
+      </c>
+      <c r="B84" s="78"/>
+      <c r="C84" s="78"/>
+      <c r="D84" s="78"/>
+      <c r="E84" s="78"/>
+      <c r="F84" s="78"/>
+      <c r="G84" s="78"/>
+      <c r="H84" s="88"/>
+      <c r="I84" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J84" s="12">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="L84" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="52" t="s">
+        <v>90</v>
+      </c>
+      <c r="B85" s="53"/>
+      <c r="C85" s="53"/>
+      <c r="D85" s="53"/>
+      <c r="E85" s="53"/>
+      <c r="F85" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" s="17">
+        <f>COUNTIF(I77:I84, "Yes")</f>
+        <v>6</v>
+      </c>
+      <c r="H85" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I85" s="18">
+        <f>COUNTIF(I77:I84, "No")</f>
+        <v>2</v>
+      </c>
+      <c r="J85" s="12">
+        <f>SUM(J77:J84)</f>
+        <v>75</v>
+      </c>
+      <c r="L85" s="20">
+        <f>SUM(L77:L84)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="21"/>
+      <c r="J86"/>
+    </row>
+    <row r="87" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="92" t="s">
+        <v>91</v>
+      </c>
+      <c r="B87" s="93"/>
+      <c r="C87" s="93"/>
+      <c r="D87" s="93"/>
+      <c r="E87" s="93"/>
+      <c r="F87" s="93"/>
+      <c r="J87"/>
+      <c r="L87" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="O87" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="P87" s="87"/>
+      <c r="Q87" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="77" t="s">
+        <v>92</v>
+      </c>
+      <c r="B88" s="78"/>
+      <c r="C88" s="78"/>
+      <c r="D88" s="78"/>
+      <c r="E88" s="78"/>
+      <c r="F88" s="78"/>
+      <c r="G88" s="78"/>
+      <c r="H88" s="79"/>
+      <c r="I88" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J88" s="12">
+        <f t="shared" ref="J88:J93" si="5">IF(I88="Yes", L88, IF(I88="No", 0, IF(I88="N/A",M88,"")))</f>
+        <v>20</v>
+      </c>
+      <c r="L88" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="77" t="s">
+        <v>93</v>
+      </c>
+      <c r="B89" s="78"/>
+      <c r="C89" s="78"/>
+      <c r="D89" s="78"/>
+      <c r="E89" s="78"/>
+      <c r="F89" s="78"/>
+      <c r="G89" s="78"/>
+      <c r="H89" s="79"/>
+      <c r="I89" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J89" s="12">
+        <f t="shared" si="5"/>
+        <v>15</v>
+      </c>
+      <c r="L89" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="77" t="s">
+        <v>94</v>
+      </c>
+      <c r="B90" s="78"/>
+      <c r="C90" s="78"/>
+      <c r="D90" s="78"/>
+      <c r="E90" s="78"/>
+      <c r="F90" s="78"/>
+      <c r="G90" s="78"/>
+      <c r="H90" s="79"/>
+      <c r="I90" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" s="12">
+        <f t="shared" si="5"/>
+        <v>15</v>
+      </c>
+      <c r="L90" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="77" t="s">
+        <v>95</v>
+      </c>
+      <c r="B91" s="78"/>
+      <c r="C91" s="78"/>
+      <c r="D91" s="78"/>
+      <c r="E91" s="78"/>
+      <c r="F91" s="78"/>
+      <c r="G91" s="78"/>
+      <c r="H91" s="79"/>
+      <c r="I91" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J91" s="12">
+        <f t="shared" si="5"/>
+        <v>15</v>
+      </c>
+      <c r="L91" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17" s="13" customFormat="1" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="89" t="s">
+        <v>96</v>
+      </c>
+      <c r="B92" s="90"/>
+      <c r="C92" s="90"/>
+      <c r="D92" s="90"/>
+      <c r="E92" s="90"/>
+      <c r="F92" s="90"/>
+      <c r="G92" s="90"/>
+      <c r="H92" s="91"/>
+      <c r="I92" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J92" s="12">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="L92" s="13">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17" s="13" customFormat="1" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="89" t="s">
+        <v>97</v>
+      </c>
+      <c r="B93" s="90"/>
+      <c r="C93" s="90"/>
+      <c r="D93" s="90"/>
+      <c r="E93" s="90"/>
+      <c r="F93" s="90"/>
+      <c r="G93" s="90"/>
+      <c r="H93" s="97"/>
+      <c r="I93" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J93" s="12">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="L93" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="52" t="s">
+        <v>98</v>
+      </c>
+      <c r="B94" s="53"/>
+      <c r="C94" s="53"/>
+      <c r="D94" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E94" s="26">
+        <f>COUNTIF(I88:I93, "N/A")</f>
+        <v>0</v>
+      </c>
+      <c r="F94" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" s="17">
+        <f>COUNTIF(I88:I93, "Yes")</f>
+        <v>4</v>
+      </c>
+      <c r="H94" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I94" s="18">
+        <f>COUNTIF(I88:I93, "No")</f>
+        <v>2</v>
+      </c>
+      <c r="J94" s="12">
+        <f>SUM(J88:J93)</f>
+        <v>65</v>
+      </c>
+      <c r="L94" s="20">
+        <f>SUM(L88:L93)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="21"/>
+      <c r="J95"/>
+    </row>
+    <row r="96" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="94" t="s">
+        <v>99</v>
+      </c>
+      <c r="B96" s="95"/>
+      <c r="C96" s="95"/>
+      <c r="D96" s="95"/>
+      <c r="E96" s="95"/>
+      <c r="J96"/>
+      <c r="L96" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="O96" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="P96" s="87"/>
+      <c r="Q96" s="20">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="77" t="s">
+        <v>100</v>
+      </c>
+      <c r="B97" s="78"/>
+      <c r="C97" s="78"/>
+      <c r="D97" s="78"/>
+      <c r="E97" s="78"/>
+      <c r="F97" s="78"/>
+      <c r="G97" s="78"/>
+      <c r="H97" s="79"/>
+      <c r="I97" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J97" s="12">
+        <f>IF(I97="Yes", L97, IF(I97="No", 0, IF(I97="N/A",M97,"")))</f>
+        <v>25</v>
+      </c>
+      <c r="L97" s="13">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="77" t="s">
+        <v>101</v>
+      </c>
+      <c r="B98" s="78"/>
+      <c r="C98" s="78"/>
+      <c r="D98" s="78"/>
+      <c r="E98" s="78"/>
+      <c r="F98" s="78"/>
+      <c r="G98" s="78"/>
+      <c r="H98" s="79"/>
+      <c r="I98" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J98" s="12">
+        <f>IF(I98="Yes", L98, IF(I98="No", 0, IF(I98="N/A",M98,"")))</f>
+        <v>25</v>
+      </c>
+      <c r="L98" s="13">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" s="13" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="89" t="s">
+        <v>102</v>
+      </c>
+      <c r="B99" s="90"/>
+      <c r="C99" s="90"/>
+      <c r="D99" s="90"/>
+      <c r="E99" s="90"/>
+      <c r="F99" s="90"/>
+      <c r="G99" s="90"/>
+      <c r="H99" s="91"/>
+      <c r="I99" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J99" s="12">
+        <f>IF(I99="Yes", L99, IF(I99="No", 0, IF(I99="N/A",M99,"")))</f>
+        <v>25</v>
+      </c>
+      <c r="L99" s="13">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="77" t="s">
+        <v>103</v>
+      </c>
+      <c r="B100" s="78"/>
+      <c r="C100" s="78"/>
+      <c r="D100" s="78"/>
+      <c r="E100" s="78"/>
+      <c r="F100" s="78"/>
+      <c r="G100" s="78"/>
+      <c r="H100" s="88"/>
+      <c r="I100" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="J100" s="12">
+        <f>IF(I100="Yes", L100, IF(I100="No", 0, IF(I100="N/A",M100,"")))</f>
+        <v>0</v>
+      </c>
+      <c r="L100" s="13">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="52" t="s">
+        <v>104</v>
+      </c>
+      <c r="B101" s="53"/>
+      <c r="C101" s="53"/>
+      <c r="D101" s="53"/>
+      <c r="E101" s="53"/>
+      <c r="F101" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" s="26">
+        <f>COUNTIF(I97:I100, "Yes")</f>
+        <v>3</v>
+      </c>
+      <c r="H101" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I101" s="18">
+        <f>COUNTIF(I97:I100, "No")</f>
+        <v>1</v>
+      </c>
+      <c r="J101" s="22">
+        <f>SUM(J97:J100)</f>
+        <v>75</v>
+      </c>
+      <c r="L101" s="20">
+        <f>SUM(L97:L100)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="21"/>
+      <c r="J102"/>
+    </row>
+    <row r="103" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="94" t="s">
+        <v>105</v>
+      </c>
+      <c r="B103" s="95"/>
+      <c r="C103" s="95"/>
+      <c r="D103" s="95"/>
+      <c r="J103"/>
+      <c r="L103" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M103" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="O103" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="P103" s="87"/>
+      <c r="Q103" s="20">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="77" t="s">
+        <v>108</v>
+      </c>
+      <c r="B104" s="78"/>
+      <c r="C104" s="78"/>
+      <c r="D104" s="78"/>
+      <c r="E104" s="78"/>
+      <c r="F104" s="78"/>
+      <c r="G104" s="78"/>
+      <c r="H104" s="79"/>
+      <c r="I104" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J104" s="12">
+        <f>IF(I104="Yes", L104, IF(I104="No", 0, IF(I104="N/A",M104,"")))</f>
+        <v>25</v>
+      </c>
+      <c r="L104" s="13">
+        <v>25</v>
+      </c>
+      <c r="M104" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17" s="13" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="77" t="s">
+        <v>109</v>
+      </c>
+      <c r="B105" s="78"/>
+      <c r="C105" s="78"/>
+      <c r="D105" s="78"/>
+      <c r="E105" s="78"/>
+      <c r="F105" s="78"/>
+      <c r="G105" s="78"/>
+      <c r="H105" s="79"/>
+      <c r="I105" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J105" s="12">
+        <f>IF(I105="Yes", L105, IF(I105="No", 0, IF(I105="N/A",M105,"")))</f>
+        <v>25</v>
+      </c>
+      <c r="L105" s="13">
+        <v>25</v>
+      </c>
+      <c r="M105" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17" s="13" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="89" t="s">
+        <v>110</v>
+      </c>
+      <c r="B106" s="90"/>
+      <c r="C106" s="90"/>
+      <c r="D106" s="90"/>
+      <c r="E106" s="98"/>
+      <c r="F106" s="90"/>
+      <c r="G106" s="90"/>
+      <c r="H106" s="91"/>
+      <c r="I106" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="J106" s="12" cm="1">
+        <f t="array" ref="J106">_xlfn.SWITCH(I106, "Yes", M106, "No", 0, "N/A", L106, "")</f>
+        <v>35</v>
+      </c>
+      <c r="L106" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="M106" s="13">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17" s="13" customFormat="1" ht="28.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="89" t="s">
+        <v>111</v>
+      </c>
+      <c r="B107" s="99"/>
+      <c r="C107" s="99"/>
+      <c r="D107" s="99"/>
+      <c r="E107" s="99"/>
+      <c r="F107" s="99"/>
+      <c r="G107" s="99"/>
+      <c r="H107" s="100"/>
+      <c r="I107" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J107" s="12">
+        <f>IF(I107="Yes", L107, IF(I107="No", 0, IF(I107="N/A",M107,"")))</f>
+        <v>0</v>
+      </c>
+      <c r="L107" s="13">
+        <v>50</v>
+      </c>
+      <c r="M107" s="13">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="52" t="s">
+        <v>104</v>
+      </c>
+      <c r="B108" s="53"/>
+      <c r="C108" s="53"/>
+      <c r="D108" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="E108" s="18">
+        <f>COUNTIF(I104:I107, "N/A")</f>
+        <v>0</v>
+      </c>
+      <c r="F108" s="28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" s="29">
+        <f>COUNTIF(I104:I107, "Yes")</f>
+        <v>3</v>
+      </c>
+      <c r="H108" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="I108" s="18">
+        <f>COUNTIF(I104:I107, "No")</f>
+        <v>1</v>
+      </c>
+      <c r="J108" s="25">
+        <f>SUM(J104:J107)</f>
+        <v>85</v>
+      </c>
+      <c r="L108" s="20">
+        <f>SUM(L104:L107)</f>
+        <v>100</v>
+      </c>
+      <c r="M108" s="20">
+        <f>SUM(M104:M107)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A109" s="1"/>
+      <c r="I109" s="2"/>
+    </row>
+    <row r="110" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A110" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="I110" s="2"/>
+    </row>
+    <row r="111" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A111" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="B111" s="31">
+        <f>G21+G37+G45+G55+G68+G74+G85+G94+G101+G108</f>
+        <v>52</v>
+      </c>
+      <c r="C111" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D111" s="31">
+        <f>I21+I37+I45+I55+I68+I74+I85+I94+I101+I108</f>
+        <v>19</v>
+      </c>
+      <c r="E111" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="F111" s="31">
+        <f>E21+E37+E68+E94+E108</f>
+        <v>0</v>
+      </c>
+      <c r="G111" s="32"/>
+      <c r="H111" s="33"/>
+      <c r="I111" s="22"/>
+    </row>
+    <row r="112" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A112" s="34" t="s">
+        <v>113</v>
+      </c>
+      <c r="B112" s="35"/>
+      <c r="C112" s="35"/>
+      <c r="D112" s="36">
+        <f>B111</f>
+        <v>52</v>
+      </c>
+      <c r="E112" s="35" t="s">
+        <v>114</v>
+      </c>
+      <c r="F112" s="35">
+        <f>B111+D111</f>
+        <v>71</v>
+      </c>
+      <c r="G112" s="35" t="s">
+        <v>115</v>
+      </c>
+      <c r="H112" s="37"/>
+      <c r="I112" s="38"/>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A113" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C113" s="73" t="s">
+        <v>27</v>
+      </c>
+      <c r="D113" s="73"/>
+      <c r="E113" s="73"/>
+      <c r="F113" s="73"/>
+      <c r="G113" s="73"/>
+      <c r="H113" s="73"/>
+      <c r="I113" s="102"/>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A114" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="I114" s="2"/>
+    </row>
+    <row r="115" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="108">
+        <v>1</v>
+      </c>
+      <c r="B115" s="109"/>
+      <c r="C115" s="109"/>
+      <c r="D115" s="109"/>
+      <c r="E115" s="109"/>
+      <c r="F115" s="109"/>
+      <c r="G115" s="109"/>
+      <c r="H115" s="109"/>
+      <c r="I115" s="110"/>
+    </row>
+    <row r="116" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="111">
+        <v>2</v>
+      </c>
+      <c r="B116" s="104"/>
+      <c r="C116" s="104"/>
+      <c r="D116" s="104"/>
+      <c r="E116" s="104"/>
+      <c r="F116" s="104"/>
+      <c r="G116" s="104"/>
+      <c r="H116" s="104"/>
+      <c r="I116" s="105"/>
+    </row>
+    <row r="117" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="112">
+        <v>3</v>
+      </c>
+      <c r="B117" s="106"/>
+      <c r="C117" s="106"/>
+      <c r="D117" s="106"/>
+      <c r="E117" s="106"/>
+      <c r="F117" s="106"/>
+      <c r="G117" s="106"/>
+      <c r="H117" s="106"/>
+      <c r="I117" s="107"/>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A118" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="I118" s="2"/>
+    </row>
+    <row r="119" spans="1:9" s="39" customFormat="1" ht="128.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="113" t="s">
+        <v>119</v>
+      </c>
+      <c r="B119" s="114"/>
+      <c r="C119" s="114"/>
+      <c r="D119" s="114"/>
+      <c r="E119" s="114"/>
+      <c r="F119" s="114"/>
+      <c r="G119" s="114"/>
+      <c r="H119" s="114"/>
+      <c r="I119" s="115"/>
+    </row>
+    <row r="120" spans="1:9" s="39" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="112">
+        <v>2</v>
+      </c>
+      <c r="B120" s="106"/>
+      <c r="C120" s="106"/>
+      <c r="D120" s="106"/>
+      <c r="E120" s="106"/>
+      <c r="F120" s="106"/>
+      <c r="G120" s="106"/>
+      <c r="H120" s="106"/>
+      <c r="I120" s="107"/>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A121" s="49"/>
+      <c r="B121" s="50"/>
+      <c r="C121" s="50"/>
+      <c r="D121" s="50"/>
+      <c r="E121" s="50"/>
+      <c r="F121" s="50"/>
+      <c r="G121" s="50"/>
+      <c r="H121" s="50"/>
+      <c r="I121" s="51"/>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A122" s="34" t="s">
+        <v>120</v>
+      </c>
+      <c r="B122" s="35"/>
+      <c r="C122" s="35"/>
+      <c r="D122" s="35"/>
+      <c r="E122" s="35"/>
+      <c r="F122" s="35"/>
+      <c r="G122" s="35"/>
+      <c r="H122" s="35"/>
+      <c r="I122" s="38"/>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A123" s="1"/>
+      <c r="I123" s="2"/>
+    </row>
+    <row r="124" spans="1:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="40"/>
+      <c r="B124" s="41"/>
+      <c r="C124" s="41"/>
+      <c r="D124" s="41"/>
+      <c r="E124" s="41"/>
+      <c r="G124" s="101"/>
+      <c r="H124" s="101"/>
+      <c r="I124" s="2"/>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A125" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G125" t="s">
+        <v>122</v>
+      </c>
+      <c r="I125" s="2"/>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A126" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C126" s="73"/>
+      <c r="D126" s="73"/>
+      <c r="E126" s="73"/>
+      <c r="F126" s="73"/>
+      <c r="G126" s="73"/>
+      <c r="H126" s="73"/>
+      <c r="I126" s="102"/>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A127" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C127" s="103"/>
+      <c r="D127" s="103"/>
+      <c r="I127" s="2"/>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A128" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C128" s="73"/>
+      <c r="D128" s="73"/>
+      <c r="E128" s="73"/>
+      <c r="F128" s="73"/>
+      <c r="G128" s="73"/>
+      <c r="H128" s="73"/>
+      <c r="I128" s="102"/>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A129" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="I129" s="2"/>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A130" s="42"/>
+      <c r="B130" s="104"/>
+      <c r="C130" s="104"/>
+      <c r="D130" s="104"/>
+      <c r="E130" s="104"/>
+      <c r="F130" s="104"/>
+      <c r="G130" s="104"/>
+      <c r="H130" s="104"/>
+      <c r="I130" s="105"/>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A131" s="43"/>
+      <c r="B131" s="106"/>
+      <c r="C131" s="106"/>
+      <c r="D131" s="106"/>
+      <c r="E131" s="106"/>
+      <c r="F131" s="106"/>
+      <c r="G131" s="106"/>
+      <c r="H131" s="106"/>
+      <c r="I131" s="107"/>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A132" s="1"/>
+      <c r="I132" s="2"/>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A133" s="34" t="s">
+        <v>127</v>
+      </c>
+      <c r="B133" s="35"/>
+      <c r="C133" s="35"/>
+      <c r="D133" s="35"/>
+      <c r="E133" s="35"/>
+      <c r="F133" s="35"/>
+      <c r="G133" s="35"/>
+      <c r="H133" s="35"/>
+      <c r="I133" s="38"/>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A134" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="I134" s="2"/>
+    </row>
+    <row r="135" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="45" t="s">
+        <v>129</v>
+      </c>
+      <c r="B135" s="44"/>
+      <c r="I135" s="2"/>
+    </row>
+    <row r="136" spans="1:9" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="55" t="e" cm="1">
+        <f t="array" aca="1" ref="A136" ca="1">IF(OR($I$15="No", $I$18="No"), INDIRECT("'Literature References'!B2"), "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B136" s="56"/>
+      <c r="C136" s="56"/>
+      <c r="D136" s="56"/>
+      <c r="E136" s="56"/>
+      <c r="F136" s="56"/>
+      <c r="G136" s="56"/>
+      <c r="H136" s="56"/>
+      <c r="I136" s="57"/>
+    </row>
+    <row r="137" spans="1:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="61" t="e" cm="1">
+        <f t="array" aca="1" ref="A137" ca="1">IF(OR(I15="No", I18="No"), INDIRECT("'Literature References'!B3"), "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B137" s="62"/>
+      <c r="C137" s="62"/>
+      <c r="D137" s="62"/>
+      <c r="E137" s="62"/>
+      <c r="F137" s="62"/>
+      <c r="G137" s="62"/>
+      <c r="H137" s="62"/>
+      <c r="I137" s="63"/>
+    </row>
+    <row r="138" spans="1:9" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="61" t="e" cm="1">
+        <f t="array" aca="1" ref="A138" ca="1">IF(OR(I15="No", I18="No"), INDIRECT("'Literature References'!B4"), "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B138" s="62"/>
+      <c r="C138" s="62"/>
+      <c r="D138" s="62"/>
+      <c r="E138" s="62"/>
+      <c r="F138" s="62"/>
+      <c r="G138" s="62"/>
+      <c r="H138" s="62"/>
+      <c r="I138" s="63"/>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A139" s="55" t="str" cm="1">
+        <f t="array" aca="1" ref="A139" ca="1">IF(OR(I16="No"), INDIRECT("'Literature References'!B5"), "")</f>
+        <v/>
+      </c>
+      <c r="B139" s="56"/>
+      <c r="C139" s="56"/>
+      <c r="D139" s="56"/>
+      <c r="E139" s="56"/>
+      <c r="F139" s="56"/>
+      <c r="G139" s="56"/>
+      <c r="H139" s="56"/>
+      <c r="I139" s="57"/>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A140" s="21"/>
+      <c r="B140" s="13"/>
+      <c r="C140" s="13"/>
+      <c r="D140" s="13"/>
+      <c r="E140" s="13"/>
+      <c r="F140" s="13"/>
+      <c r="G140" s="13"/>
+      <c r="H140" s="13"/>
+      <c r="I140" s="46"/>
+    </row>
+    <row r="141" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="45" t="s">
+        <v>130</v>
+      </c>
+      <c r="B141" s="44"/>
+      <c r="I141" s="2"/>
+    </row>
+    <row r="142" spans="1:9" s="47" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="61" t="e" cm="1">
+        <f t="array" ref="A142">IF(OR($I24:$I26="No",I28="No",I32:I35="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B142" s="62"/>
+      <c r="C142" s="62"/>
+      <c r="D142" s="62"/>
+      <c r="E142" s="62"/>
+      <c r="F142" s="62"/>
+      <c r="G142" s="62"/>
+      <c r="H142" s="62"/>
+      <c r="I142" s="63"/>
+    </row>
+    <row r="143" spans="1:9" s="47" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="61" t="str">
+        <f>IF(OR($I$24="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B143" s="62"/>
+      <c r="C143" s="62"/>
+      <c r="D143" s="62"/>
+      <c r="E143" s="62"/>
+      <c r="F143" s="62"/>
+      <c r="G143" s="62"/>
+      <c r="H143" s="62"/>
+      <c r="I143" s="63"/>
+    </row>
+    <row r="144" spans="1:9" s="47" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A144" s="61" t="str">
+        <f>IF(OR($I$25="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B144" s="62"/>
+      <c r="C144" s="62"/>
+      <c r="D144" s="62"/>
+      <c r="E144" s="62"/>
+      <c r="F144" s="62"/>
+      <c r="G144" s="62"/>
+      <c r="H144" s="62"/>
+      <c r="I144" s="63"/>
+    </row>
+    <row r="145" spans="1:9" s="47" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="61" t="e">
+        <f>IF(OR(I$34="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B145" s="62"/>
+      <c r="C145" s="62"/>
+      <c r="D145" s="62"/>
+      <c r="E145" s="62"/>
+      <c r="F145" s="62"/>
+      <c r="G145" s="62"/>
+      <c r="H145" s="62"/>
+      <c r="I145" s="63"/>
+    </row>
+    <row r="146" spans="1:9" s="47" customFormat="1" ht="61.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="61" t="e">
+        <f>IF(OR(I$35="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B146" s="62"/>
+      <c r="C146" s="62"/>
+      <c r="D146" s="62"/>
+      <c r="E146" s="62"/>
+      <c r="F146" s="62"/>
+      <c r="G146" s="62"/>
+      <c r="H146" s="62"/>
+      <c r="I146" s="63"/>
+    </row>
+    <row r="147" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A147" s="1"/>
+      <c r="I147" s="2"/>
+    </row>
+    <row r="148" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="45" t="s">
+        <v>131</v>
+      </c>
+      <c r="B148" s="44"/>
+      <c r="I148" s="2"/>
+    </row>
+    <row r="149" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="1" t="str" cm="1">
+        <f t="array" ref="A149">IF(OR(I$40:I$41="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="I149" s="2"/>
+    </row>
+    <row r="150" spans="1:9" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="58" t="str" cm="1">
+        <f t="array" ref="A150">IF(OR(I$40:I$41="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B150" s="59"/>
+      <c r="C150" s="59"/>
+      <c r="D150" s="59"/>
+      <c r="E150" s="59"/>
+      <c r="F150" s="59"/>
+      <c r="G150" s="59"/>
+      <c r="H150" s="59"/>
+      <c r="I150" s="60"/>
+    </row>
+    <row r="151" spans="1:9" ht="42.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="55" t="str" cm="1">
+        <f t="array" ref="A151">IF(OR(I$40:I$41="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B151" s="56"/>
+      <c r="C151" s="56"/>
+      <c r="D151" s="56"/>
+      <c r="E151" s="56"/>
+      <c r="F151" s="56"/>
+      <c r="G151" s="56"/>
+      <c r="H151" s="56"/>
+      <c r="I151" s="57"/>
+    </row>
+    <row r="152" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="45" t="s">
+        <v>132</v>
+      </c>
+      <c r="B152" s="44"/>
+      <c r="I152" s="2"/>
+    </row>
+    <row r="153" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="1" t="str" cm="1">
+        <f t="array" ref="A153">IF(OR(I$48:I$49="No",I$53:I$54="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="I153" s="2"/>
+    </row>
+    <row r="154" spans="1:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="61" t="str" cm="1">
+        <f t="array" ref="A154">IF(OR(I$48:I$49="No",I$53:I$54="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B154" s="62"/>
+      <c r="C154" s="62"/>
+      <c r="D154" s="62"/>
+      <c r="E154" s="62"/>
+      <c r="F154" s="62"/>
+      <c r="G154" s="62"/>
+      <c r="H154" s="62"/>
+      <c r="I154" s="63"/>
+    </row>
+    <row r="155" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A155" s="45" t="s">
+        <v>133</v>
+      </c>
+      <c r="B155" s="44"/>
+      <c r="I155" s="2"/>
+    </row>
+    <row r="156" spans="1:9" s="47" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A156" s="61" t="e" cm="1">
+        <f t="array" ref="A156">IF(OR(I$58:I$59="No",I$63:I$64="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B156" s="62"/>
+      <c r="C156" s="62"/>
+      <c r="D156" s="62"/>
+      <c r="E156" s="62"/>
+      <c r="F156" s="62"/>
+      <c r="G156" s="62"/>
+      <c r="H156" s="62"/>
+      <c r="I156" s="63"/>
+    </row>
+    <row r="157" spans="1:9" s="47" customFormat="1" ht="46.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="61" t="e" cm="1">
+        <f t="array" ref="A157">IF(OR(I$58:I$59="No",I$63:I$64="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B157" s="62"/>
+      <c r="C157" s="62"/>
+      <c r="D157" s="62"/>
+      <c r="E157" s="62"/>
+      <c r="F157" s="62"/>
+      <c r="G157" s="62"/>
+      <c r="H157" s="62"/>
+      <c r="I157" s="63"/>
+    </row>
+    <row r="158" spans="1:9" s="47" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A158" s="61" t="e" cm="1">
+        <f t="array" ref="A158">IF(OR(I$58:I$59="No",I$63:I$64="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B158" s="62"/>
+      <c r="C158" s="62"/>
+      <c r="D158" s="62"/>
+      <c r="E158" s="62"/>
+      <c r="F158" s="62"/>
+      <c r="G158" s="62"/>
+      <c r="H158" s="62"/>
+      <c r="I158" s="63"/>
+    </row>
+    <row r="159" spans="1:9" s="47" customFormat="1" ht="46.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="61" t="e" cm="1">
+        <f t="array" ref="A159">IF(OR(I$58:I$59="No",I$63:I$64="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B159" s="62"/>
+      <c r="C159" s="62"/>
+      <c r="D159" s="62"/>
+      <c r="E159" s="62"/>
+      <c r="F159" s="62"/>
+      <c r="G159" s="62"/>
+      <c r="H159" s="62"/>
+      <c r="I159" s="63"/>
+    </row>
+    <row r="160" spans="1:9" s="47" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="61" t="str" cm="1">
+        <f t="array" ref="A160">IF(OR(I$65:I$66="No",I$66="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B160" s="62"/>
+      <c r="C160" s="62"/>
+      <c r="D160" s="62"/>
+      <c r="E160" s="62"/>
+      <c r="F160" s="62"/>
+      <c r="G160" s="62"/>
+      <c r="H160" s="62"/>
+      <c r="I160" s="63"/>
+    </row>
+    <row r="161" spans="1:9" s="47" customFormat="1" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="61" t="e">
+        <f>IF(OR(I$67="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B161" s="62"/>
+      <c r="C161" s="62"/>
+      <c r="D161" s="62"/>
+      <c r="E161" s="62"/>
+      <c r="F161" s="62"/>
+      <c r="G161" s="62"/>
+      <c r="H161" s="62"/>
+      <c r="I161" s="63"/>
+    </row>
+    <row r="162" spans="1:9" s="47" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="61" t="e">
+        <f>IF(OR(I$67="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B162" s="62"/>
+      <c r="C162" s="62"/>
+      <c r="D162" s="62"/>
+      <c r="E162" s="62"/>
+      <c r="F162" s="62"/>
+      <c r="G162" s="62"/>
+      <c r="H162" s="62"/>
+      <c r="I162" s="63"/>
+    </row>
+    <row r="163" spans="1:9" s="47" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="61" t="e">
+        <f>IF(OR(I$67="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B163" s="62"/>
+      <c r="C163" s="62"/>
+      <c r="D163" s="62"/>
+      <c r="E163" s="62"/>
+      <c r="F163" s="62"/>
+      <c r="G163" s="62"/>
+      <c r="H163" s="62"/>
+      <c r="I163" s="63"/>
+    </row>
+    <row r="164" spans="1:9" s="47" customFormat="1" ht="57.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="61" t="e">
+        <f>IF(OR(I$67="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B164" s="62"/>
+      <c r="C164" s="62"/>
+      <c r="D164" s="62"/>
+      <c r="E164" s="62"/>
+      <c r="F164" s="62"/>
+      <c r="G164" s="62"/>
+      <c r="H164" s="62"/>
+      <c r="I164" s="63"/>
+    </row>
+    <row r="165" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="1"/>
+      <c r="I165" s="2"/>
+    </row>
+    <row r="166" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="45" t="s">
+        <v>134</v>
+      </c>
+      <c r="B166" s="44"/>
+      <c r="I166" s="2"/>
+    </row>
+    <row r="167" spans="1:9" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="61" t="str">
+        <f>IF(I$72="No",#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B167" s="62"/>
+      <c r="C167" s="62"/>
+      <c r="D167" s="62"/>
+      <c r="E167" s="62"/>
+      <c r="F167" s="62"/>
+      <c r="G167" s="62"/>
+      <c r="H167" s="62"/>
+      <c r="I167" s="63"/>
+    </row>
+    <row r="168" spans="1:9" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="61" t="str">
+        <f>IF(I$72="No",#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B168" s="62"/>
+      <c r="C168" s="62"/>
+      <c r="D168" s="62"/>
+      <c r="E168" s="62"/>
+      <c r="F168" s="62"/>
+      <c r="G168" s="62"/>
+      <c r="H168" s="62"/>
+      <c r="I168" s="63"/>
+    </row>
+    <row r="169" spans="1:9" ht="72" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="61" t="str">
+        <f>IF(I$72="No",#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B169" s="62"/>
+      <c r="C169" s="62"/>
+      <c r="D169" s="62"/>
+      <c r="E169" s="62"/>
+      <c r="F169" s="62"/>
+      <c r="G169" s="62"/>
+      <c r="H169" s="62"/>
+      <c r="I169" s="63"/>
+    </row>
+    <row r="170" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="1"/>
+      <c r="I170" s="2"/>
+    </row>
+    <row r="171" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="45" t="s">
+        <v>135</v>
+      </c>
+      <c r="B171" s="44"/>
+      <c r="I171" s="2"/>
+    </row>
+    <row r="172" spans="1:9" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="61" t="e">
+        <f>IF(OR(I$78="No",I$80="No",I$82="No",I$84="No"),#REF!, "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B172" s="62"/>
+      <c r="C172" s="62"/>
+      <c r="D172" s="62"/>
+      <c r="E172" s="62"/>
+      <c r="F172" s="62"/>
+      <c r="G172" s="62"/>
+      <c r="H172" s="62"/>
+      <c r="I172" s="63"/>
+    </row>
+    <row r="173" spans="1:9" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="61" t="e">
+        <f>IF(OR(I$78="No",I$80="No",I$82="No",I$84="No"),#REF!, "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B173" s="62"/>
+      <c r="C173" s="62"/>
+      <c r="D173" s="62"/>
+      <c r="E173" s="62"/>
+      <c r="F173" s="62"/>
+      <c r="G173" s="62"/>
+      <c r="H173" s="62"/>
+      <c r="I173" s="63"/>
+    </row>
+    <row r="174" spans="1:9" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="61" t="e">
+        <f>IF(OR(I$78="No",I$80="No",I$82="No",I$84="No"),#REF!, "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B174" s="62"/>
+      <c r="C174" s="62"/>
+      <c r="D174" s="62"/>
+      <c r="E174" s="62"/>
+      <c r="F174" s="62"/>
+      <c r="G174" s="62"/>
+      <c r="H174" s="62"/>
+      <c r="I174" s="63"/>
+    </row>
+    <row r="175" spans="1:9" ht="42.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="61" t="e">
+        <f>IF(OR(I$78="No",I$80="No",I$82="No",I$84="No"),#REF!, "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B175" s="62"/>
+      <c r="C175" s="62"/>
+      <c r="D175" s="62"/>
+      <c r="E175" s="62"/>
+      <c r="F175" s="62"/>
+      <c r="G175" s="62"/>
+      <c r="H175" s="62"/>
+      <c r="I175" s="63"/>
+    </row>
+    <row r="176" spans="1:9" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="61" t="e">
+        <f>IF(OR(I$78="No",I$80="No",I$82="No",I$84="No"),#REF!, "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B176" s="62"/>
+      <c r="C176" s="62"/>
+      <c r="D176" s="62"/>
+      <c r="E176" s="62"/>
+      <c r="F176" s="62"/>
+      <c r="G176" s="62"/>
+      <c r="H176" s="62"/>
+      <c r="I176" s="63"/>
+    </row>
+    <row r="177" spans="1:9" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="61" t="e">
+        <f>IF(OR(I$78="No",I$80="No",I$82="No",I$84="No"),#REF!, "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B177" s="62"/>
+      <c r="C177" s="62"/>
+      <c r="D177" s="62"/>
+      <c r="E177" s="62"/>
+      <c r="F177" s="62"/>
+      <c r="G177" s="62"/>
+      <c r="H177" s="62"/>
+      <c r="I177" s="63"/>
+    </row>
+    <row r="178" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="61" t="e">
+        <f>IF(OR(I$78="No",I$80="No",I$82="No",I$84="No"),#REF!, "")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B178" s="62"/>
+      <c r="C178" s="62"/>
+      <c r="D178" s="62"/>
+      <c r="E178" s="62"/>
+      <c r="F178" s="62"/>
+      <c r="G178" s="62"/>
+      <c r="H178" s="62"/>
+      <c r="I178" s="63"/>
+    </row>
+    <row r="179" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="1"/>
+      <c r="I179" s="2"/>
+    </row>
+    <row r="180" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="45" t="s">
+        <v>136</v>
+      </c>
+      <c r="B180" s="44"/>
+      <c r="I180" s="2"/>
+    </row>
+    <row r="181" spans="1:9" s="48" customFormat="1" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="61" t="e">
+        <f>IF(OR(I$88="No",I$91="No",I$92="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B181" s="62"/>
+      <c r="C181" s="62"/>
+      <c r="D181" s="62"/>
+      <c r="E181" s="62"/>
+      <c r="F181" s="62"/>
+      <c r="G181" s="62"/>
+      <c r="H181" s="62"/>
+      <c r="I181" s="63"/>
+    </row>
+    <row r="182" spans="1:9" s="48" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="61" t="e">
+        <f>IF(OR(I$88="No",I$91="No",I$92="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B182" s="62"/>
+      <c r="C182" s="62"/>
+      <c r="D182" s="62"/>
+      <c r="E182" s="62"/>
+      <c r="F182" s="62"/>
+      <c r="G182" s="62"/>
+      <c r="H182" s="62"/>
+      <c r="I182" s="63"/>
+    </row>
+    <row r="183" spans="1:9" s="48" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="61" t="e">
+        <f>IF(OR(I$88="No",I$91="No",I$92="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B183" s="62"/>
+      <c r="C183" s="62"/>
+      <c r="D183" s="62"/>
+      <c r="E183" s="62"/>
+      <c r="F183" s="62"/>
+      <c r="G183" s="62"/>
+      <c r="H183" s="62"/>
+      <c r="I183" s="63"/>
+    </row>
+    <row r="184" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="1"/>
+      <c r="I184" s="2"/>
+    </row>
+    <row r="185" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="45" t="s">
+        <v>137</v>
+      </c>
+      <c r="B185" s="44"/>
+      <c r="I185" s="2"/>
+    </row>
+    <row r="186" spans="1:9" s="48" customFormat="1" ht="37.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="61" t="e">
+        <f>IF(OR(I$97:I$98,"No",I$100="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B186" s="62"/>
+      <c r="C186" s="62"/>
+      <c r="D186" s="62"/>
+      <c r="E186" s="62"/>
+      <c r="F186" s="62"/>
+      <c r="G186" s="62"/>
+      <c r="H186" s="62"/>
+      <c r="I186" s="63"/>
+    </row>
+    <row r="187" spans="1:9" s="48" customFormat="1" ht="43.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="61" t="e">
+        <f>IF(OR(I$97:I$98,"No",I$100="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B187" s="62"/>
+      <c r="C187" s="62"/>
+      <c r="D187" s="62"/>
+      <c r="E187" s="62"/>
+      <c r="F187" s="62"/>
+      <c r="G187" s="62"/>
+      <c r="H187" s="62"/>
+      <c r="I187" s="63"/>
+    </row>
+    <row r="188" spans="1:9" s="48" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="61" t="e">
+        <f>IF(OR(I$97:I$98,"No",I$100="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B188" s="62"/>
+      <c r="C188" s="62"/>
+      <c r="D188" s="62"/>
+      <c r="E188" s="62"/>
+      <c r="F188" s="62"/>
+      <c r="G188" s="62"/>
+      <c r="H188" s="62"/>
+      <c r="I188" s="63"/>
+    </row>
+    <row r="189" spans="1:9" s="48" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A189" s="61" t="e">
+        <f>IF(OR(I$97:I$98,"No",I$100="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B189" s="62"/>
+      <c r="C189" s="62"/>
+      <c r="D189" s="62"/>
+      <c r="E189" s="62"/>
+      <c r="F189" s="62"/>
+      <c r="G189" s="62"/>
+      <c r="H189" s="62"/>
+      <c r="I189" s="63"/>
+    </row>
+    <row r="190" spans="1:9" s="48" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A190" s="61" t="e">
+        <f>IF(OR(I$97:I$98,"No",I$100="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B190" s="62"/>
+      <c r="C190" s="62"/>
+      <c r="D190" s="62"/>
+      <c r="E190" s="62"/>
+      <c r="F190" s="62"/>
+      <c r="G190" s="62"/>
+      <c r="H190" s="62"/>
+      <c r="I190" s="63"/>
+    </row>
+    <row r="191" spans="1:9" s="48" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A191" s="61" t="str">
+        <f>IF(OR(I$99="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B191" s="62"/>
+      <c r="C191" s="62"/>
+      <c r="D191" s="62"/>
+      <c r="E191" s="62"/>
+      <c r="F191" s="62"/>
+      <c r="G191" s="62"/>
+      <c r="H191" s="62"/>
+      <c r="I191" s="63"/>
+    </row>
+    <row r="192" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A192" s="1"/>
+      <c r="I192" s="2"/>
+    </row>
+    <row r="193" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="45" t="s">
+        <v>138</v>
+      </c>
+      <c r="B193" s="44"/>
+      <c r="I193" s="2"/>
+    </row>
+    <row r="194" spans="1:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="58" t="str">
+        <f>IF(OR(I104="No",I106="No"),#REF!,"")</f>
+        <v/>
+      </c>
+      <c r="B194" s="59"/>
+      <c r="C194" s="59"/>
+      <c r="D194" s="59"/>
+      <c r="E194" s="59"/>
+      <c r="F194" s="59"/>
+      <c r="G194" s="59"/>
+      <c r="H194" s="59"/>
+      <c r="I194" s="60"/>
+    </row>
+    <row r="195" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="1"/>
+      <c r="I195" s="2"/>
+    </row>
+    <row r="196" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="45" t="s">
+        <v>139</v>
+      </c>
+      <c r="B196" s="44"/>
+      <c r="C196" s="44"/>
+      <c r="I196" s="2"/>
+    </row>
+    <row r="197" spans="1:9" s="48" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="61" t="e">
+        <f>IF(OR(I$107="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B197" s="62"/>
+      <c r="C197" s="62"/>
+      <c r="D197" s="62"/>
+      <c r="E197" s="62"/>
+      <c r="F197" s="62"/>
+      <c r="G197" s="62"/>
+      <c r="H197" s="62"/>
+      <c r="I197" s="63"/>
+    </row>
+    <row r="198" spans="1:9" s="48" customFormat="1" ht="46.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="61" t="e">
+        <f>IF(OR(I$107="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B198" s="62"/>
+      <c r="C198" s="62"/>
+      <c r="D198" s="62"/>
+      <c r="E198" s="62"/>
+      <c r="F198" s="62"/>
+      <c r="G198" s="62"/>
+      <c r="H198" s="62"/>
+      <c r="I198" s="63"/>
+    </row>
+    <row r="199" spans="1:9" s="48" customFormat="1" ht="58.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="61" t="e">
+        <f>IF(OR(I$107="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B199" s="62"/>
+      <c r="C199" s="62"/>
+      <c r="D199" s="62"/>
+      <c r="E199" s="62"/>
+      <c r="F199" s="62"/>
+      <c r="G199" s="62"/>
+      <c r="H199" s="62"/>
+      <c r="I199" s="63"/>
+    </row>
+    <row r="200" spans="1:9" s="48" customFormat="1" ht="35.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="61" t="e">
+        <f>IF(OR(I$107="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B200" s="62"/>
+      <c r="C200" s="62"/>
+      <c r="D200" s="62"/>
+      <c r="E200" s="62"/>
+      <c r="F200" s="62"/>
+      <c r="G200" s="62"/>
+      <c r="H200" s="62"/>
+      <c r="I200" s="63"/>
+    </row>
+    <row r="201" spans="1:9" s="48" customFormat="1" ht="46.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="61" t="e">
+        <f>IF(OR(I$107="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B201" s="62"/>
+      <c r="C201" s="62"/>
+      <c r="D201" s="62"/>
+      <c r="E201" s="62"/>
+      <c r="F201" s="62"/>
+      <c r="G201" s="62"/>
+      <c r="H201" s="62"/>
+      <c r="I201" s="63"/>
+    </row>
+    <row r="202" spans="1:9" s="48" customFormat="1" ht="55.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="65" t="e">
+        <f>IF(OR(I$107="No"),#REF!,"")</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B202" s="66"/>
+      <c r="C202" s="66"/>
+      <c r="D202" s="66"/>
+      <c r="E202" s="66"/>
+      <c r="F202" s="66"/>
+      <c r="G202" s="66"/>
+      <c r="H202" s="66"/>
+      <c r="I202" s="67"/>
+    </row>
+    <row r="212" spans="1:3" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="64"/>
+      <c r="B212" s="64"/>
+      <c r="C212" s="64"/>
+    </row>
+  </sheetData>
+  <mergeCells count="162">
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="C126:I126"/>
+    <mergeCell ref="C127:D127"/>
+    <mergeCell ref="C128:I128"/>
+    <mergeCell ref="B130:I131"/>
+    <mergeCell ref="C113:I113"/>
+    <mergeCell ref="A115:I115"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A117:I117"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A120:I120"/>
+    <mergeCell ref="A103:D103"/>
+    <mergeCell ref="O103:P103"/>
+    <mergeCell ref="A104:H104"/>
+    <mergeCell ref="A105:H105"/>
+    <mergeCell ref="A106:H106"/>
+    <mergeCell ref="A107:H107"/>
+    <mergeCell ref="A96:E96"/>
+    <mergeCell ref="O96:P96"/>
+    <mergeCell ref="A97:H97"/>
+    <mergeCell ref="A98:H98"/>
+    <mergeCell ref="A99:H99"/>
+    <mergeCell ref="A100:H100"/>
+    <mergeCell ref="A88:H88"/>
+    <mergeCell ref="A89:H89"/>
+    <mergeCell ref="A90:H90"/>
+    <mergeCell ref="A91:H91"/>
+    <mergeCell ref="A92:H92"/>
+    <mergeCell ref="A93:H93"/>
+    <mergeCell ref="A81:H81"/>
+    <mergeCell ref="A82:H82"/>
+    <mergeCell ref="A83:H83"/>
+    <mergeCell ref="A84:H84"/>
+    <mergeCell ref="A87:F87"/>
+    <mergeCell ref="O87:P87"/>
+    <mergeCell ref="A76:F76"/>
+    <mergeCell ref="O76:P76"/>
+    <mergeCell ref="A77:H77"/>
+    <mergeCell ref="A78:H78"/>
+    <mergeCell ref="A79:H79"/>
+    <mergeCell ref="A80:H80"/>
+    <mergeCell ref="A67:H67"/>
+    <mergeCell ref="A70:E70"/>
+    <mergeCell ref="O70:P70"/>
+    <mergeCell ref="A71:H71"/>
+    <mergeCell ref="A72:H72"/>
+    <mergeCell ref="A73:H73"/>
+    <mergeCell ref="A61:H61"/>
+    <mergeCell ref="A62:H62"/>
+    <mergeCell ref="A63:H63"/>
+    <mergeCell ref="A64:H64"/>
+    <mergeCell ref="A65:H65"/>
+    <mergeCell ref="A66:H66"/>
+    <mergeCell ref="A54:H54"/>
+    <mergeCell ref="A57:F57"/>
+    <mergeCell ref="O57:P57"/>
+    <mergeCell ref="A58:H58"/>
+    <mergeCell ref="A59:H59"/>
+    <mergeCell ref="A60:H60"/>
+    <mergeCell ref="A48:H48"/>
+    <mergeCell ref="A49:H49"/>
+    <mergeCell ref="A50:H50"/>
+    <mergeCell ref="A51:H51"/>
+    <mergeCell ref="A52:H52"/>
+    <mergeCell ref="A53:H53"/>
+    <mergeCell ref="A41:H41"/>
+    <mergeCell ref="A42:H42"/>
+    <mergeCell ref="A43:H43"/>
+    <mergeCell ref="A44:H44"/>
+    <mergeCell ref="A47:F47"/>
+    <mergeCell ref="O47:P47"/>
+    <mergeCell ref="A34:H34"/>
+    <mergeCell ref="A35:H35"/>
+    <mergeCell ref="A36:H36"/>
+    <mergeCell ref="A39:F39"/>
+    <mergeCell ref="O39:P39"/>
+    <mergeCell ref="A40:H40"/>
+    <mergeCell ref="A28:H28"/>
+    <mergeCell ref="A29:H29"/>
+    <mergeCell ref="A30:H30"/>
+    <mergeCell ref="A31:H31"/>
+    <mergeCell ref="A32:H32"/>
+    <mergeCell ref="A33:H33"/>
+    <mergeCell ref="A23:F23"/>
+    <mergeCell ref="O23:P23"/>
+    <mergeCell ref="A24:H24"/>
+    <mergeCell ref="A25:H25"/>
+    <mergeCell ref="A26:H26"/>
+    <mergeCell ref="A27:H27"/>
+    <mergeCell ref="A15:H15"/>
+    <mergeCell ref="A16:H16"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A18:H18"/>
+    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="A20:H20"/>
+    <mergeCell ref="A12:H12"/>
+    <mergeCell ref="A13:H13"/>
+    <mergeCell ref="A14:H14"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="A6:C6"/>
+    <mergeCell ref="D6:H6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="G3:H3"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="O9:P9"/>
+    <mergeCell ref="A10:H10"/>
+    <mergeCell ref="A11:H11"/>
+    <mergeCell ref="A136:I136"/>
+    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A177:I177"/>
+    <mergeCell ref="A212:C212"/>
+    <mergeCell ref="A156:I156"/>
+    <mergeCell ref="A138:I138"/>
+    <mergeCell ref="A139:I139"/>
+    <mergeCell ref="A142:I142"/>
+    <mergeCell ref="A202:I202"/>
+    <mergeCell ref="A201:I201"/>
+    <mergeCell ref="A200:I200"/>
+    <mergeCell ref="A199:I199"/>
+    <mergeCell ref="A198:I198"/>
+    <mergeCell ref="A197:I197"/>
+    <mergeCell ref="A194:I194"/>
+    <mergeCell ref="A186:I186"/>
+    <mergeCell ref="A187:I187"/>
+    <mergeCell ref="A188:I188"/>
+    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A191:I191"/>
+    <mergeCell ref="A181:I181"/>
+    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A183:I183"/>
+    <mergeCell ref="A174:I174"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A172:I172"/>
+    <mergeCell ref="A175:I175"/>
+    <mergeCell ref="A176:I176"/>
+    <mergeCell ref="A178:I178"/>
+    <mergeCell ref="A167:I167"/>
+    <mergeCell ref="A168:I168"/>
+    <mergeCell ref="A169:I169"/>
+    <mergeCell ref="A151:I151"/>
+    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A146:I146"/>
+    <mergeCell ref="A145:I145"/>
+    <mergeCell ref="A144:I144"/>
+    <mergeCell ref="A143:I143"/>
+    <mergeCell ref="A164:I164"/>
+    <mergeCell ref="A163:I163"/>
+    <mergeCell ref="A162:I162"/>
+    <mergeCell ref="A161:I161"/>
+    <mergeCell ref="A160:I160"/>
+    <mergeCell ref="A159:I159"/>
+    <mergeCell ref="A158:I158"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A154:I154"/>
+  </mergeCells>
+  <conditionalFormatting sqref="A10:H10">
+    <cfRule type="expression" dxfId="10" priority="11">
+      <formula>IF($I$10,"No",)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A10:I10 A11:H19 I11:I20 A20">
+    <cfRule type="containsText" dxfId="9" priority="10" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",A10)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I24:I36">
+    <cfRule type="containsText" dxfId="8" priority="9" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I24)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I40:I44">
+    <cfRule type="containsText" dxfId="7" priority="8" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I40)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I48:I54">
+    <cfRule type="containsText" dxfId="6" priority="7" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I48)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I58:I67">
+    <cfRule type="containsText" dxfId="5" priority="6" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I58)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I71:I73">
+    <cfRule type="containsText" dxfId="4" priority="5" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I71)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I77:I84">
+    <cfRule type="containsText" dxfId="3" priority="4" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I77)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I88:I93">
+    <cfRule type="containsText" dxfId="2" priority="3" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I88)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I97:I100">
+    <cfRule type="containsText" dxfId="1" priority="2" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I97)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I104:I107">
+    <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text="No">
+      <formula>NOT(ISERROR(SEARCH("No",I104)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="8">
+    <dataValidation type="date" errorStyle="warning" showInputMessage="1" showErrorMessage="1" errorTitle="This field cannot be left blank" error="Enter Date of Review" sqref="G5:H5" xr:uid="{48E49BEE-4480-45C2-9C90-5CCC0815F3DC}">
+      <formula1>44927</formula1>
+      <formula2>46387</formula2>
+    </dataValidation>
+    <dataValidation type="date" errorStyle="warning" operator="greaterThan" showInputMessage="1" showErrorMessage="1" errorTitle="Enter Date of Review" error="This field cannot be left blank" sqref="C4:D4" xr:uid="{8DA52471-3C86-4F1F-93BB-24C328535D0D}">
+      <formula1>45658</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G3" xr:uid="{D98C2824-7558-4B78-A5C9-252F8CDCD190}">
+      <formula1>"Caleb Ofori, Melanie Sugar, Sherell Ellis, Jessica Reeves-Beck, Matthew Sartin, Annie Fawcett, Susan Bradley"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A130" xr:uid="{9B838A75-5A5D-4DD9-BBCD-475B2652FB1D}">
+      <formula1>"Yes, No - explain:"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C7" xr:uid="{06AAE762-EE5D-4D66-8817-7C722BE2D7DE}">
+      <formula1>"Denial, 30 days, 3 months, 6 months, 9 months, 12 months, Expiration of Plan"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C5" xr:uid="{EAC79558-F531-447F-A8E9-EAC7B8340BEE}">
+      <formula1>"Enhanced Supports, CABS, Other (note below)"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I106 I16 I29 I61 I65 I66" xr:uid="{AD148DD8-DF1C-4B42-9A21-92D012883F10}">
+      <formula1>"Yes, No, N/A"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I88:I93 I30:I36 I62:I64 I17:I20 I48:I54 I71:I73 I40:I44 I97:I100 I77:I84 I10:I15 I24:I28 I67 I58:I60 I104:I105 I107" xr:uid="{C7EA5FA2-363F-41F3-85DE-F251B440FB49}">
+      <formula1>"Yes, No"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="2" bottom="1.75" header="0.5" footer="0.5"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;G</oddHeader>
+    <oddFooter>&amp;L&amp;G</oddFooter>
+  </headerFooter>
+  <ignoredErrors>
+    <ignoredError sqref="J61 J106" formula="1"/>
+  </ignoredErrors>
+  <legacyDrawingHF r:id="rId2"/>
+</worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010008168A53029C37488465A8CCD66004F6" ma:contentTypeVersion="381" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8dca86cc379c708ee44608f996c7e50e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5742d57d-2c17-4fb0-91f0-23904aa490a0" xmlns:ns3="78371316-3e78-4180-b0d5-699864d5ce10" xmlns:ns4="8785fc8e-c1e5-4208-a619-9ac82625e617" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3ab546116eaef8ca661039fe655b2bc4" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BADF1E13F442714F9D8139EC7FD524FC" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d88733ca93d97949a3e377c64205d1c5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5742d57d-2c17-4fb0-91f0-23904aa490a0" xmlns:ns3="17bad36c-9f8a-47a6-9d1e-ded59b18e520" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="06fd0b89cbc2db6a141653e3b076f10e" ns2:_="" ns3:_="">
     <xsd:import namespace="5742d57d-2c17-4fb0-91f0-23904aa490a0"/>
-    <xsd:import namespace="78371316-3e78-4180-b0d5-699864d5ce10"/>
-    <xsd:import namespace="8785fc8e-c1e5-4208-a619-9ac82625e617"/>
+    <xsd:import namespace="17bad36c-9f8a-47a6-9d1e-ded59b18e520"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns3:Description0" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5742d57d-2c17-4fb0-91f0-23904aa490a0" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{608eac9d-3c9a-440c-b7b7-0761e7e0d54d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5742d57d-2c17-4fb0-91f0-23904aa490a0">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="78371316-3e78-4180-b0d5-699864d5ce10" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="17bad36c-9f8a-47a6-9d1e-ded59b18e520" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Description0" ma:index="13" nillable="true" ma:displayName="Description" ma:internalName="Description0">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="16" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="17" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="LastSharedByUser" ma:index="14" nillable="true" ma:displayName="Last Shared By User" ma:description="" ma:internalName="LastSharedByUser" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="LastSharedByTime" ma:index="15" nillable="true" ma:displayName="Last Shared By Time" ma:description="" ma:internalName="LastSharedByTime" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0d1b9b15-6ca2-435f-87bd-c880ab911653" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:DateTime"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -13093,194 +5966,174 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...49 lines deleted...]
-</spe:Receivers>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="5742d57d-2c17-4fb0-91f0-23904aa490a0">DRQURPSXRXJR-1237740133-37144</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="5742d57d-2c17-4fb0-91f0-23904aa490a0">
+      <Url>https://gets.sharepoint.com/sites/DBHDDCollab/dd/OOHW/OHWBS/_layouts/15/DocIdRedir.aspx?ID=DRQURPSXRXJR-1237740133-37144</Url>
+      <Description>DRQURPSXRXJR-1237740133-37144</Description>
+    </_dlc_DocIdUrl>
+    <SharedWithUsers xmlns="5742d57d-2c17-4fb0-91f0-23904aa490a0">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="17bad36c-9f8a-47a6-9d1e-ded59b18e520">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5742d57d-2c17-4fb0-91f0-23904aa490a0" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8A857B0-AE54-4D2C-BADF-B4007C0747CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E19A446C-C408-42C4-860B-531FA7F3F89C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71A33E94-2405-43BC-833A-B26F8AA15D47}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{337C131F-76F7-42ED-ADE0-BEC5884A1122}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="5742d57d-2c17-4fb0-91f0-23904aa490a0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75F8101E-C8E5-4DA5-9C08-1FFC795D5F81}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF67FA8A-0E55-42EF-8153-A34606D1791C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5742d57d-2c17-4fb0-91f0-23904aa490a0"/>
-    <ds:schemaRef ds:uri="78371316-3e78-4180-b0d5-699864d5ce10"/>
-    <ds:schemaRef ds:uri="8785fc8e-c1e5-4208-a619-9ac82625e617"/>
+    <ds:schemaRef ds:uri="17bad36c-9f8a-47a6-9d1e-ded59b18e520"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6547DA20-1576-4D88-9842-5F72AF0514D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E32C9C1-54D3-435A-A64E-CC293A58612C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5742d57d-2c17-4fb0-91f0-23904aa490a0"/>
+    <ds:schemaRef ds:uri="17bad36c-9f8a-47a6-9d1e-ded59b18e520"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{512da10d-071b-4b94-8abc-9ec4044d1516}" enabled="0" method="" siteId="{512da10d-071b-4b94-8abc-9ec4044d1516}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
-[...7 lines deleted...]
-  <Paragraphs>15</Paragraphs>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>BSP Review</vt:lpstr>
+      <vt:lpstr>'BSP Review'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Georgia Dept of Behavioral Health</Company>
+  <Manager/>
+  <Company>State of Georgia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7933</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Dionysatos, Angelyn</dc:creator>
+  <dc:creator>George, Shezal</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010008168A53029C37488465A8CCD66004F6</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>a37a4a7f-fc18-487e-a409-2d9b7ddb059c</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100BADF1E13F442714F9D8139EC7FD524FC</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>26332799-a0c4-495d-a2f8-3d44db7c6a26</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>